--- v0 (2025-10-19)
+++ v1 (2025-12-01)
@@ -1595,50 +1595,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA4</v>
       </c>
       <c r="B14" t="str">
         <v>3</v>
       </c>
       <c r="C14">
         <v>3</v>
       </c>
       <c r="D14" t="str">
         <v>Cody Johnston</v>
       </c>
       <c r="E14">
         <v>5</v>
       </c>
       <c r="F14">
         <v>60</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
+      <c r="H14">
+        <v>317599</v>
+      </c>
       <c r="I14" t="str">
         <v>that1ss</v>
       </c>
       <c r="J14">
         <v>5</v>
       </c>
       <c r="K14">
         <v>60</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">