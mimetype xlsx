--- v1 (2025-12-01)
+++ v2 (2025-12-26)
@@ -1079,50 +1079,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA3</v>
       </c>
       <c r="B8" t="str">
         <v>5</v>
       </c>
       <c r="C8">
         <v>5</v>
       </c>
       <c r="D8" t="str">
         <v>Marcus Foster</v>
       </c>
       <c r="E8">
         <v>-5</v>
       </c>
       <c r="F8">
         <v>50</v>
       </c>
       <c r="G8">
         <v>2</v>
       </c>
+      <c r="H8">
+        <v>318836</v>
+      </c>
       <c r="I8" t="str">
         <v>swampsquatch</v>
       </c>
       <c r="J8">
         <v>-5</v>
       </c>
       <c r="K8">
         <v>50</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
@@ -1336,50 +1339,53 @@
       <c r="AB10">
         <v>2</v>
       </c>
       <c r="AC10">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA3</v>
       </c>
       <c r="B11" t="str">
         <v>DUP</v>
       </c>
       <c r="D11" t="str">
         <v>Marcus Foster</v>
       </c>
       <c r="E11">
         <v>-4</v>
       </c>
       <c r="F11">
         <v>51</v>
       </c>
       <c r="G11">
         <v>1</v>
+      </c>
+      <c r="H11">
+        <v>318836</v>
       </c>
       <c r="I11" t="str">
         <v>swampsquatch</v>
       </c>
       <c r="J11">
         <v>-4</v>
       </c>
       <c r="K11">
         <v>51</v>
       </c>
       <c r="L11">
         <v>4</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>