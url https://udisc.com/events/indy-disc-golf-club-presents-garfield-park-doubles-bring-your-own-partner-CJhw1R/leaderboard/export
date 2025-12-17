--- v0 (2025-10-07)
+++ v1 (2025-12-17)
@@ -1225,176 +1225,194 @@
       </c>
       <c r="W9">
         <v>2</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="AC9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GLD</v>
       </c>
       <c r="B10" t="str">
         <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Kyle Long</v>
+        <v>Dan krzywicki</v>
       </c>
       <c r="E10">
         <v>-3</v>
       </c>
       <c r="F10">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="H10" t="str">
-        <v>plande</v>
+        <v>krzymo</v>
       </c>
       <c r="I10">
         <v>-3</v>
       </c>
       <c r="J10">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>4</v>
       </c>
       <c r="T10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="X10">
+        <v>3</v>
+      </c>
+      <c r="Y10">
+        <v>3</v>
+      </c>
+      <c r="Z10">
+        <v>3</v>
+      </c>
+      <c r="AA10">
+        <v>3</v>
+      </c>
+      <c r="AB10">
+        <v>3</v>
+      </c>
+      <c r="AC10">
+        <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GLD</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
-        <v>Dan krzywicki</v>
+        <v>Kyle Long</v>
       </c>
       <c r="E11">
         <v>-3</v>
       </c>
       <c r="F11">
         <v>58</v>
       </c>
       <c r="H11" t="str">
-        <v>krzymo</v>
+        <v>plande</v>
       </c>
       <c r="I11">
         <v>-3</v>
       </c>
       <c r="J11">
         <v>58</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
         <v>4</v>
       </c>
       <c r="T11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
       <c r="AC11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GLD</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">