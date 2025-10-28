--- v0 (2025-10-06)
+++ v1 (2025-10-28)
@@ -1246,1027 +1246,1090 @@
       </c>
       <c r="X9">
         <v>2</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>4</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
       <c r="AC9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>9</v>
+        <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Dave B.</v>
+        <v>Derek Johnson</v>
       </c>
       <c r="E10">
         <v>1</v>
       </c>
       <c r="F10">
         <v>60</v>
       </c>
+      <c r="G10">
+        <v>80777</v>
+      </c>
       <c r="H10" t="str">
-        <v>silentassassin8</v>
+        <v>deralick99</v>
       </c>
       <c r="I10">
         <v>1</v>
       </c>
       <c r="J10">
         <v>60</v>
       </c>
       <c r="K10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V10">
         <v>5</v>
       </c>
       <c r="W10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA10">
         <v>4</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
       <c r="AC10">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
-        <v>T10</v>
+        <v>T9</v>
       </c>
       <c r="C11">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D11" t="str">
-        <v>Jonathan Faltinson</v>
+        <v>Dave B.</v>
       </c>
       <c r="E11">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F11">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>291187</v>
+        <v>60</v>
       </c>
       <c r="H11" t="str">
-        <v>tobascosour</v>
+        <v>silentassassin8</v>
       </c>
       <c r="I11">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J11">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA11">
         <v>4</v>
       </c>
       <c r="AB11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC11">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
-        <v>T10</v>
+        <v>T11</v>
       </c>
       <c r="C12">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>Eric Michalski</v>
+        <v>Jonathan Faltinson</v>
       </c>
       <c r="E12">
         <v>2</v>
       </c>
       <c r="F12">
         <v>61</v>
       </c>
+      <c r="G12">
+        <v>291187</v>
+      </c>
       <c r="H12" t="str">
-        <v>erockymtn</v>
+        <v>tobascosour</v>
       </c>
       <c r="I12">
         <v>2</v>
       </c>
       <c r="J12">
         <v>61</v>
       </c>
       <c r="K12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
       <c r="AC12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>T12</v>
+        <v>T11</v>
       </c>
       <c r="C13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D13" t="str">
-        <v>Flapavelli</v>
+        <v>Eric Michalski</v>
       </c>
       <c r="E13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F13">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H13" t="str">
-        <v>flapavelli</v>
+        <v>erockymtn</v>
       </c>
       <c r="I13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J13">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P13">
         <v>2</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V13">
         <v>5</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y13">
         <v>2</v>
       </c>
       <c r="Z13">
         <v>4</v>
       </c>
       <c r="AA13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
       <c r="AC13">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T12</v>
+        <v>T13</v>
       </c>
       <c r="C14">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Joshua dieker</v>
+        <v>Flapavelli</v>
       </c>
       <c r="E14">
         <v>3</v>
       </c>
       <c r="F14">
         <v>62</v>
       </c>
       <c r="H14" t="str">
-        <v>jdieker</v>
+        <v>flapavelli</v>
       </c>
       <c r="I14">
         <v>3</v>
       </c>
       <c r="J14">
         <v>62</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U14">
         <v>4</v>
       </c>
       <c r="V14">
         <v>5</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z14">
         <v>4</v>
       </c>
       <c r="AA14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
       <c r="AC14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
-        <v>14</v>
+        <v>T13</v>
       </c>
       <c r="C15">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D15" t="str">
-        <v>Zach Tuthill</v>
+        <v>Joshua dieker</v>
       </c>
       <c r="E15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F15">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H15" t="str">
-        <v>zachtuthill</v>
+        <v>jdieker</v>
       </c>
       <c r="I15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J15">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="K15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L15">
         <v>4</v>
       </c>
       <c r="M15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V15">
         <v>5</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>4</v>
       </c>
       <c r="AA15">
         <v>5</v>
       </c>
       <c r="AB15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC15">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
-        <v>Rick carmichael</v>
+        <v>Zach Tuthill</v>
       </c>
       <c r="E16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F16">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H16" t="str">
-        <v>discslinger5280</v>
+        <v>zachtuthill</v>
       </c>
       <c r="I16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J16">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="K16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M16">
         <v>2</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="W16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z16">
         <v>4</v>
       </c>
       <c r="AA16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB16">
         <v>4</v>
       </c>
       <c r="AC16">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>T16</v>
+        <v>16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
-        <v>Adam Anderson</v>
+        <v>Rick carmichael</v>
       </c>
       <c r="E17">
+        <v>5</v>
+      </c>
+      <c r="F17">
+        <v>64</v>
+      </c>
+      <c r="H17" t="str">
+        <v>discslinger5280</v>
+      </c>
+      <c r="I17">
+        <v>5</v>
+      </c>
+      <c r="J17">
+        <v>64</v>
+      </c>
+      <c r="K17">
+        <v>3</v>
+      </c>
+      <c r="L17">
+        <v>3</v>
+      </c>
+      <c r="M17">
+        <v>2</v>
+      </c>
+      <c r="N17">
+        <v>3</v>
+      </c>
+      <c r="O17">
+        <v>4</v>
+      </c>
+      <c r="P17">
+        <v>3</v>
+      </c>
+      <c r="Q17">
+        <v>3</v>
+      </c>
+      <c r="R17">
+        <v>3</v>
+      </c>
+      <c r="S17">
+        <v>3</v>
+      </c>
+      <c r="T17">
+        <v>3</v>
+      </c>
+      <c r="U17">
+        <v>3</v>
+      </c>
+      <c r="V17">
         <v>6</v>
       </c>
-      <c r="F17">
-[...49 lines deleted...]
-      </c>
       <c r="W17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
         <v>4</v>
       </c>
       <c r="Z17">
         <v>4</v>
       </c>
       <c r="AA17">
         <v>4</v>
       </c>
       <c r="AB17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC17">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
-        <v>T16</v>
+        <v>T17</v>
       </c>
       <c r="C18">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D18" t="str">
-        <v>Burly Burlison</v>
+        <v>Adam Anderson</v>
       </c>
       <c r="E18">
         <v>6</v>
       </c>
       <c r="F18">
         <v>65</v>
       </c>
       <c r="G18">
-        <v>172345</v>
+        <v>159122</v>
       </c>
       <c r="H18" t="str">
-        <v>burlyburlison</v>
+        <v>gweedo789</v>
       </c>
       <c r="I18">
         <v>6</v>
       </c>
       <c r="J18">
         <v>65</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P18">
         <v>2</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V18">
         <v>5</v>
       </c>
       <c r="W18">
         <v>3</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
         <v>4</v>
       </c>
       <c r="Z18">
         <v>4</v>
       </c>
       <c r="AA18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC18">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
-        <v>T16</v>
+        <v>T17</v>
       </c>
       <c r="C19">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D19" t="str">
-        <v>LD</v>
+        <v>Burly Burlison</v>
       </c>
       <c r="E19">
         <v>6</v>
       </c>
       <c r="F19">
         <v>65</v>
       </c>
       <c r="G19">
-        <v>295932</v>
+        <v>172345</v>
       </c>
       <c r="H19" t="str">
-        <v>dskills</v>
+        <v>burlyburlison</v>
       </c>
       <c r="I19">
         <v>6</v>
       </c>
       <c r="J19">
         <v>65</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>4</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
         <v>3</v>
       </c>
       <c r="S19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V19">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
         <v>3</v>
       </c>
       <c r="Y19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA19">
         <v>5</v>
       </c>
       <c r="AB19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC19">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
-        <v>19</v>
+        <v>T17</v>
       </c>
       <c r="C20">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D20" t="str">
-        <v>Spensir Moss</v>
+        <v>LD</v>
       </c>
       <c r="E20">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="F20">
-        <v>75</v>
+        <v>65</v>
+      </c>
+      <c r="G20">
+        <v>295932</v>
       </c>
       <c r="H20" t="str">
-        <v>spensir11</v>
+        <v>dskills</v>
       </c>
       <c r="I20">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="J20">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
         <v>3</v>
       </c>
       <c r="S20">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="T20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V20">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="W20">
         <v>3</v>
       </c>
       <c r="X20">
         <v>3</v>
       </c>
       <c r="Y20">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Z20">
         <v>5</v>
       </c>
       <c r="AA20">
         <v>5</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
       <c r="AC20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
+      <c r="B21" t="str">
+        <v>20</v>
+      </c>
+      <c r="C21">
+        <v>20</v>
+      </c>
       <c r="D21" t="str">
-        <v>Derek Johnson</v>
+        <v>Spensir Moss</v>
       </c>
       <c r="E21">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F21">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>80777</v>
+        <v>75</v>
       </c>
       <c r="H21" t="str">
-        <v>deralick99</v>
+        <v>spensir11</v>
       </c>
       <c r="I21">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="J21">
-        <v>0</v>
+        <v>75</v>
+      </c>
+      <c r="K21">
+        <v>3</v>
+      </c>
+      <c r="L21">
+        <v>3</v>
+      </c>
+      <c r="M21">
+        <v>5</v>
+      </c>
+      <c r="N21">
+        <v>4</v>
+      </c>
+      <c r="O21">
+        <v>3</v>
+      </c>
+      <c r="P21">
+        <v>4</v>
+      </c>
+      <c r="Q21">
+        <v>3</v>
+      </c>
+      <c r="R21">
+        <v>3</v>
+      </c>
+      <c r="S21">
+        <v>5</v>
+      </c>
+      <c r="T21">
+        <v>4</v>
+      </c>
+      <c r="U21">
+        <v>5</v>
+      </c>
+      <c r="V21">
+        <v>5</v>
+      </c>
+      <c r="W21">
+        <v>3</v>
+      </c>
+      <c r="X21">
+        <v>3</v>
+      </c>
+      <c r="Y21">
+        <v>5</v>
+      </c>
+      <c r="Z21">
+        <v>5</v>
+      </c>
+      <c r="AA21">
+        <v>5</v>
+      </c>
+      <c r="AB21">
+        <v>3</v>
+      </c>
+      <c r="AC21">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC21"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>