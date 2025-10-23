--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1325,50 +1325,53 @@
         <v>69</v>
       </c>
       <c r="L24">
         <v>85</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>23</v>
       </c>
       <c r="C25">
         <v>23</v>
       </c>
       <c r="D25" t="str">
         <v>Fernando Teixeira</v>
       </c>
       <c r="E25">
         <v>34</v>
       </c>
       <c r="F25">
         <v>157</v>
       </c>
+      <c r="G25">
+        <v>315815</v>
+      </c>
       <c r="H25" t="str">
         <v>feen127</v>
       </c>
       <c r="I25">
         <v>10</v>
       </c>
       <c r="J25">
         <v>24</v>
       </c>
       <c r="K25">
         <v>69</v>
       </c>
       <c r="L25">
         <v>88</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>24</v>
       </c>
       <c r="C26">
         <v>24</v>
@@ -3496,50 +3499,53 @@
         <v>4</v>
       </c>
       <c r="AB24">
         <v>6</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>T23</v>
       </c>
       <c r="C25">
         <v>23</v>
       </c>
       <c r="D25" t="str">
         <v>Fernando Teixeira</v>
       </c>
       <c r="E25">
         <v>10</v>
       </c>
       <c r="F25">
         <v>69</v>
       </c>
+      <c r="G25">
+        <v>315815</v>
+      </c>
       <c r="H25" t="str">
         <v>feen127</v>
       </c>
       <c r="I25">
         <v>10</v>
       </c>
       <c r="J25">
         <v>69</v>
       </c>
       <c r="K25">
         <v>5</v>
       </c>
       <c r="L25">
         <v>6</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
         <v>2</v>
       </c>
       <c r="O25">
         <v>4</v>
       </c>
       <c r="P25">
@@ -5814,50 +5820,53 @@
         <v>6</v>
       </c>
       <c r="AB24">
         <v>6</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>23</v>
       </c>
       <c r="C25">
         <v>23</v>
       </c>
       <c r="D25" t="str">
         <v>Fernando Teixeira</v>
       </c>
       <c r="E25">
         <v>34</v>
       </c>
       <c r="F25">
         <v>157</v>
       </c>
+      <c r="G25">
+        <v>315815</v>
+      </c>
       <c r="H25" t="str">
         <v>feen127</v>
       </c>
       <c r="I25">
         <v>24</v>
       </c>
       <c r="J25">
         <v>88</v>
       </c>
       <c r="K25">
         <v>6</v>
       </c>
       <c r="L25">
         <v>5</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>5</v>
       </c>
       <c r="O25">
         <v>5</v>
       </c>
       <c r="P25">