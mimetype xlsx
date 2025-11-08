--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -2552,51 +2552,51 @@
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>OD</v>
       </c>
       <c r="B22" t="str">
         <v>8</v>
       </c>
       <c r="C22">
         <v>8</v>
       </c>
       <c r="D22" t="str">
         <v>Tony Schouweiler</v>
       </c>
       <c r="E22">
         <v>2</v>
       </c>
       <c r="F22">
         <v>68</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="I22" t="str">
-        <v>kittylicker69</v>
+        <v>chains69</v>
       </c>
       <c r="J22">
         <v>2</v>
       </c>
       <c r="K22">
         <v>68</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>4</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>