--- v0 (2025-10-06)
+++ v1 (2026-03-25)
@@ -1928,50 +1928,53 @@
         <v>3</v>
       </c>
       <c r="AB17">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA2</v>
       </c>
       <c r="B18" t="str">
         <v>1</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
       <c r="D18" t="str">
         <v>Arnþór Ingi Ingvason</v>
       </c>
       <c r="E18">
         <v>11</v>
       </c>
       <c r="F18">
         <v>69</v>
       </c>
+      <c r="G18">
+        <v>323063</v>
+      </c>
       <c r="H18" t="str">
         <v>arnthor</v>
       </c>
       <c r="I18">
         <v>11</v>
       </c>
       <c r="J18">
         <v>69</v>
       </c>
       <c r="K18">
         <v>4</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="N18">
         <v>5</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">