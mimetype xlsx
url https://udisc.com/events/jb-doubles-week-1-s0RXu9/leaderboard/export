--- v0 (2025-12-16)
+++ v1 (2026-03-05)
@@ -4369,51 +4369,51 @@
       </c>
       <c r="AB47">
         <v>4</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>GEN</v>
       </c>
       <c r="B48" t="str">
         <v>47</v>
       </c>
       <c r="C48">
         <v>47</v>
       </c>
       <c r="D48" t="str">
         <v>Josh white</v>
       </c>
       <c r="E48">
         <v>10</v>
       </c>
       <c r="F48">
         <v>66</v>
       </c>
       <c r="H48" t="str">
-        <v>kodisco</v>
+        <v>goldenpelvis</v>
       </c>
       <c r="I48">
         <v>10</v>
       </c>
       <c r="J48">
         <v>66</v>
       </c>
       <c r="K48">
         <v>4</v>
       </c>
       <c r="L48">
         <v>4</v>
       </c>
       <c r="M48">
         <v>5</v>
       </c>
       <c r="N48">
         <v>4</v>
       </c>
       <c r="O48">
         <v>3</v>
       </c>
       <c r="P48">
         <v>3</v>
       </c>