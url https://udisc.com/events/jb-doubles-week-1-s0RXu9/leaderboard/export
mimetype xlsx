--- v1 (2026-03-05)
+++ v2 (2026-03-28)
@@ -1630,51 +1630,51 @@
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Daniel Riddle &amp; Kyle Potter</v>
       </c>
       <c r="E15">
         <v>-4</v>
       </c>
       <c r="F15">
         <v>52</v>
       </c>
       <c r="H15" t="str">
-        <v>steiny23,kpotter386</v>
+        <v>danielriddle,kpotter386</v>
       </c>
       <c r="I15">
         <v>-4</v>
       </c>
       <c r="J15">
         <v>52</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>