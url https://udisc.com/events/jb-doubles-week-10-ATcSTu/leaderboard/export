--- v0 (2025-12-16)
+++ v1 (2026-03-05)
@@ -2528,51 +2528,51 @@
       </c>
       <c r="W25">
         <v>3</v>
       </c>
       <c r="X25">
         <v>2</v>
       </c>
       <c r="Y25">
         <v>3</v>
       </c>
       <c r="Z25">
         <v>3</v>
       </c>
       <c r="AA25">
         <v>4</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
-        <v>25</v>
+        <v>T25</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="str">
         <v>Brett Mahanna &amp; James Ly</v>
       </c>
       <c r="E26">
         <v>-3</v>
       </c>
       <c r="F26">
         <v>54</v>
       </c>
       <c r="H26" t="str">
         <v>bammab91,leftyly</v>
       </c>
       <c r="I26">
         <v>-3</v>
       </c>
       <c r="J26">
         <v>54</v>
       </c>
       <c r="K26">
         <v>4</v>
       </c>
@@ -2611,1742 +2611,1922 @@
       </c>
       <c r="W26">
         <v>2</v>
       </c>
       <c r="X26">
         <v>2</v>
       </c>
       <c r="Y26">
         <v>3</v>
       </c>
       <c r="Z26">
         <v>3</v>
       </c>
       <c r="AA26">
         <v>3</v>
       </c>
       <c r="AB26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
-        <v>T26</v>
+        <v>T25</v>
       </c>
       <c r="C27">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D27" t="str">
-        <v xml:space="preserve">Eric Edge &amp; Andrew Murphey </v>
+        <v>Daniel Gardner</v>
       </c>
       <c r="E27">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F27">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="H27" t="str">
-        <v>edge420,drucifer13</v>
+        <v>dangardner</v>
       </c>
       <c r="I27">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="J27">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R27">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z27">
         <v>3</v>
       </c>
       <c r="AA27">
         <v>4</v>
       </c>
       <c r="AB27">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
-        <v>T26</v>
+        <v>T27</v>
       </c>
       <c r="C28">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D28" t="str">
-        <v>Ethan Bogosian &amp; James Meek</v>
+        <v xml:space="preserve">Eric Edge &amp; Andrew Murphey </v>
       </c>
       <c r="E28">
         <v>-2</v>
       </c>
       <c r="F28">
         <v>55</v>
       </c>
       <c r="H28" t="str">
-        <v>ethos84,pdizzel55</v>
+        <v>edge420,drucifer13</v>
       </c>
       <c r="I28">
         <v>-2</v>
       </c>
       <c r="J28">
         <v>55</v>
       </c>
       <c r="K28">
         <v>3</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>
       <c r="Q28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S28">
         <v>3</v>
       </c>
       <c r="T28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U28">
         <v>3</v>
       </c>
       <c r="V28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z28">
         <v>3</v>
       </c>
       <c r="AA28">
         <v>4</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
-        <v>T26</v>
+        <v>T27</v>
       </c>
       <c r="C29">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D29" t="str">
-        <v>Greg D'OH &amp; Joe Jaegers</v>
+        <v>Ethan Bogosian &amp; James Meek</v>
       </c>
       <c r="E29">
         <v>-2</v>
       </c>
       <c r="F29">
         <v>55</v>
       </c>
       <c r="H29" t="str">
-        <v>gregdoh,joejaegers</v>
+        <v>ethos84,pdizzel55</v>
       </c>
       <c r="I29">
         <v>-2</v>
       </c>
       <c r="J29">
         <v>55</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>
       <c r="Q29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S29">
         <v>3</v>
       </c>
       <c r="T29">
         <v>3</v>
       </c>
       <c r="U29">
         <v>3</v>
       </c>
       <c r="V29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W29">
         <v>3</v>
       </c>
       <c r="X29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z29">
         <v>3</v>
       </c>
       <c r="AA29">
         <v>4</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
-        <v>T26</v>
+        <v>T27</v>
       </c>
       <c r="C30">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D30" t="str">
-        <v>Joshua Dautenhahn &amp; Bradley Cagle</v>
+        <v>Greg D'OH &amp; Joe Jaegers</v>
       </c>
       <c r="E30">
         <v>-2</v>
       </c>
       <c r="F30">
         <v>55</v>
       </c>
       <c r="H30" t="str">
-        <v>mawnkytj,bcagle</v>
+        <v>gregdoh,joejaegers</v>
       </c>
       <c r="I30">
         <v>-2</v>
       </c>
       <c r="J30">
         <v>55</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
         <v>3</v>
       </c>
       <c r="Q30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S30">
         <v>3</v>
       </c>
       <c r="T30">
         <v>3</v>
       </c>
       <c r="U30">
         <v>3</v>
       </c>
       <c r="V30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W30">
         <v>3</v>
       </c>
       <c r="X30">
         <v>3</v>
       </c>
       <c r="Y30">
         <v>3</v>
       </c>
       <c r="Z30">
         <v>3</v>
       </c>
       <c r="AA30">
         <v>4</v>
       </c>
       <c r="AB30">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
-        <v>T26</v>
+        <v>T27</v>
       </c>
       <c r="C31">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D31" t="str">
-        <v>Robert Cowan</v>
+        <v>Joshua Dautenhahn &amp; Bradley Cagle</v>
       </c>
       <c r="E31">
         <v>-2</v>
       </c>
       <c r="F31">
         <v>55</v>
       </c>
       <c r="H31" t="str">
-        <v>robc386</v>
+        <v>mawnkytj,bcagle</v>
       </c>
       <c r="I31">
         <v>-2</v>
       </c>
       <c r="J31">
         <v>55</v>
       </c>
       <c r="K31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
         <v>3</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
         <v>3</v>
       </c>
       <c r="Q31">
         <v>3</v>
       </c>
       <c r="R31">
         <v>4</v>
       </c>
       <c r="S31">
         <v>3</v>
       </c>
       <c r="T31">
         <v>3</v>
       </c>
       <c r="U31">
         <v>3</v>
       </c>
       <c r="V31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W31">
         <v>3</v>
       </c>
       <c r="X31">
         <v>3</v>
       </c>
       <c r="Y31">
         <v>3</v>
       </c>
       <c r="Z31">
         <v>3</v>
       </c>
       <c r="AA31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB31">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
-        <v>T26</v>
+        <v>T27</v>
       </c>
       <c r="C32">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D32" t="str">
-        <v>Tyler Neville</v>
+        <v>Robert Cowan</v>
       </c>
       <c r="E32">
         <v>-2</v>
       </c>
       <c r="F32">
         <v>55</v>
       </c>
       <c r="H32" t="str">
-        <v>tylerneville</v>
+        <v>robc386</v>
       </c>
       <c r="I32">
         <v>-2</v>
       </c>
       <c r="J32">
         <v>55</v>
       </c>
       <c r="K32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>3</v>
       </c>
       <c r="N32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P32">
         <v>3</v>
       </c>
       <c r="Q32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R32">
         <v>4</v>
       </c>
       <c r="S32">
         <v>3</v>
       </c>
       <c r="T32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U32">
         <v>3</v>
       </c>
       <c r="V32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z32">
         <v>3</v>
       </c>
       <c r="AA32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB32">
         <v>4</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
-        <v>T32</v>
+        <v>T27</v>
       </c>
       <c r="C33">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D33" t="str">
-        <v>Boogie Mark Hosteen  &amp; Jesse Jacobs</v>
+        <v>Tyler Neville</v>
       </c>
       <c r="E33">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="F33">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="H33" t="str">
-        <v>boogiemark,jjacobs445</v>
+        <v>tylerneville</v>
       </c>
       <c r="I33">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="J33">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="K33">
         <v>3</v>
       </c>
       <c r="L33">
         <v>3</v>
       </c>
       <c r="M33">
         <v>3</v>
       </c>
       <c r="N33">
         <v>4</v>
       </c>
       <c r="O33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P33">
         <v>3</v>
       </c>
       <c r="Q33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R33">
         <v>4</v>
       </c>
       <c r="S33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U33">
         <v>3</v>
       </c>
       <c r="V33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X33">
         <v>2</v>
       </c>
       <c r="Y33">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z33">
         <v>3</v>
       </c>
       <c r="AA33">
         <v>4</v>
       </c>
       <c r="AB33">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
-        <v>T32</v>
+        <v>T33</v>
       </c>
       <c r="C34">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D34" t="str">
-        <v>Rick Littleton &amp; Joe Bryson</v>
+        <v>Boogie Mark Hosteen  &amp; Jesse Jacobs</v>
       </c>
       <c r="E34">
         <v>-1</v>
       </c>
       <c r="F34">
         <v>56</v>
       </c>
       <c r="H34" t="str">
-        <v>onebigrick,tweekingyoda</v>
+        <v>boogiemark,jjacobs445</v>
       </c>
       <c r="I34">
         <v>-1</v>
       </c>
       <c r="J34">
         <v>56</v>
       </c>
       <c r="K34">
         <v>3</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
       <c r="P34">
         <v>3</v>
       </c>
       <c r="Q34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R34">
         <v>4</v>
       </c>
       <c r="S34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T34">
         <v>3</v>
       </c>
       <c r="U34">
         <v>3</v>
       </c>
       <c r="V34">
         <v>3</v>
       </c>
       <c r="W34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA34">
         <v>4</v>
       </c>
       <c r="AB34">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
-        <v>T34</v>
+        <v>T33</v>
       </c>
       <c r="C35">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D35" t="str">
-        <v xml:space="preserve">Cory J Stafford &amp; Shaun Parsons </v>
+        <v>Nicholas McCann &amp; George chaplin</v>
       </c>
       <c r="E35">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F35">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="H35" t="str">
-        <v>cstaffstl,parsons</v>
+        <v>nicholas1029,gchaplin1</v>
       </c>
       <c r="I35">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J35">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K35">
         <v>3</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O35">
         <v>3</v>
       </c>
       <c r="P35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q35">
         <v>2</v>
       </c>
       <c r="R35">
         <v>4</v>
       </c>
       <c r="S35">
         <v>3</v>
       </c>
       <c r="T35">
         <v>4</v>
       </c>
       <c r="U35">
         <v>3</v>
       </c>
       <c r="V35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W35">
         <v>3</v>
       </c>
       <c r="X35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA35">
         <v>4</v>
       </c>
       <c r="AB35">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
-        <v>T34</v>
+        <v>T33</v>
       </c>
       <c r="C36">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D36" t="str">
-        <v>Jesse Leong &amp; Eric Fussell</v>
+        <v>Rick Littleton &amp; Joe Bryson</v>
       </c>
       <c r="E36">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F36">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="H36" t="str">
-        <v>jesseleong,ericfussell</v>
+        <v>onebigrick,tweekingyoda</v>
       </c>
       <c r="I36">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J36">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
         <v>4</v>
       </c>
       <c r="N36">
         <v>3</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>
       <c r="Q36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R36">
         <v>4</v>
       </c>
       <c r="S36">
         <v>3</v>
       </c>
       <c r="T36">
         <v>3</v>
       </c>
       <c r="U36">
         <v>3</v>
       </c>
       <c r="V36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X36">
         <v>3</v>
       </c>
       <c r="Y36">
         <v>3</v>
       </c>
       <c r="Z36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA36">
         <v>4</v>
       </c>
       <c r="AB36">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
-        <v>T34</v>
+        <v>T36</v>
       </c>
       <c r="C37">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D37" t="str">
-        <v>Ryan Gorman &amp; Mark Dudenhoeffer</v>
+        <v xml:space="preserve">Cory J Stafford &amp; Shaun Parsons </v>
       </c>
       <c r="E37">
         <v>0</v>
       </c>
       <c r="F37">
         <v>57</v>
       </c>
       <c r="H37" t="str">
-        <v>rygorman,maddisc</v>
+        <v>cstaffstl,parsons</v>
       </c>
       <c r="I37">
         <v>0</v>
       </c>
       <c r="J37">
         <v>57</v>
       </c>
       <c r="K37">
         <v>3</v>
       </c>
       <c r="L37">
         <v>3</v>
       </c>
       <c r="M37">
         <v>3</v>
       </c>
       <c r="N37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q37">
         <v>2</v>
       </c>
       <c r="R37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S37">
         <v>3</v>
       </c>
       <c r="T37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V37">
         <v>3</v>
       </c>
       <c r="W37">
         <v>3</v>
       </c>
       <c r="X37">
         <v>3</v>
       </c>
       <c r="Y37">
         <v>3</v>
       </c>
       <c r="Z37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA37">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB37">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
-        <v>T34</v>
+        <v>T36</v>
       </c>
       <c r="C38">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D38" t="str">
-        <v>Scott Hodges &amp; Benjamin D Gathard</v>
+        <v>Jesse Leong &amp; Eric Fussell</v>
       </c>
       <c r="E38">
         <v>0</v>
       </c>
       <c r="F38">
         <v>57</v>
       </c>
       <c r="H38" t="str">
-        <v>scodges27,jockdotcom</v>
+        <v>jesseleong,ericfussell</v>
       </c>
       <c r="I38">
         <v>0</v>
       </c>
       <c r="J38">
         <v>57</v>
       </c>
       <c r="K38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L38">
         <v>3</v>
       </c>
       <c r="M38">
         <v>4</v>
       </c>
       <c r="N38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O38">
         <v>3</v>
       </c>
       <c r="P38">
         <v>3</v>
       </c>
       <c r="Q38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R38">
         <v>4</v>
       </c>
       <c r="S38">
         <v>3</v>
       </c>
       <c r="T38">
         <v>3</v>
       </c>
       <c r="U38">
         <v>3</v>
       </c>
       <c r="V38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W38">
         <v>3</v>
       </c>
       <c r="X38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y38">
         <v>3</v>
       </c>
       <c r="Z38">
         <v>3</v>
       </c>
       <c r="AA38">
         <v>4</v>
       </c>
       <c r="AB38">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
-        <v>T38</v>
+        <v>T36</v>
       </c>
       <c r="C39">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D39" t="str">
-        <v>John lloyd &amp; Dan Tkacz</v>
+        <v>Ryan Gorman &amp; Mark Dudenhoeffer</v>
       </c>
       <c r="E39">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F39">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H39" t="str">
-        <v>jhlloyd,danieltkacz</v>
+        <v>rygorman,maddisc</v>
       </c>
       <c r="I39">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J39">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K39">
         <v>3</v>
       </c>
       <c r="L39">
         <v>3</v>
       </c>
       <c r="M39">
         <v>3</v>
       </c>
       <c r="N39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q39">
         <v>2</v>
       </c>
       <c r="R39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S39">
         <v>3</v>
       </c>
       <c r="T39">
         <v>3</v>
       </c>
       <c r="U39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V39">
         <v>3</v>
       </c>
       <c r="W39">
         <v>3</v>
       </c>
       <c r="X39">
         <v>3</v>
       </c>
       <c r="Y39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z39">
         <v>3</v>
       </c>
       <c r="AA39">
         <v>5</v>
       </c>
       <c r="AB39">
         <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
-        <v>T38</v>
+        <v>T36</v>
       </c>
       <c r="C40">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D40" t="str">
-        <v>Patrick Remming &amp; Daniel White</v>
+        <v>Scott Hodges &amp; Benjamin D Gathard</v>
       </c>
       <c r="E40">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F40">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H40" t="str">
-        <v>premming,lexusdan573</v>
+        <v>scodges27,jockdotcom</v>
       </c>
       <c r="I40">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J40">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K40">
         <v>3</v>
       </c>
       <c r="L40">
         <v>3</v>
       </c>
       <c r="M40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N40">
         <v>4</v>
       </c>
       <c r="O40">
         <v>3</v>
       </c>
       <c r="P40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R40">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S40">
         <v>3</v>
       </c>
       <c r="T40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U40">
         <v>3</v>
       </c>
       <c r="V40">
         <v>3</v>
       </c>
       <c r="W40">
         <v>3</v>
       </c>
       <c r="X40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y40">
         <v>3</v>
       </c>
       <c r="Z40">
         <v>3</v>
       </c>
       <c r="AA40">
         <v>4</v>
       </c>
       <c r="AB40">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
         <v>T40</v>
       </c>
       <c r="C41">
         <v>40</v>
       </c>
       <c r="D41" t="str">
-        <v>AnnMarie Faust &amp; Alex Sisco</v>
+        <v>John lloyd &amp; Dan Tkacz</v>
       </c>
       <c r="E41">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F41">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="H41" t="str">
-        <v>amn5336,alexmulp</v>
+        <v>jhlloyd,danieltkacz</v>
       </c>
       <c r="I41">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J41">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="K41">
         <v>3</v>
       </c>
       <c r="L41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N41">
         <v>3</v>
       </c>
       <c r="O41">
         <v>3</v>
       </c>
       <c r="P41">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R41">
         <v>4</v>
       </c>
       <c r="S41">
         <v>3</v>
       </c>
       <c r="T41">
         <v>3</v>
       </c>
       <c r="U41">
         <v>3</v>
       </c>
       <c r="V41">
         <v>3</v>
       </c>
       <c r="W41">
         <v>3</v>
       </c>
       <c r="X41">
         <v>3</v>
       </c>
       <c r="Y41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z41">
         <v>3</v>
       </c>
       <c r="AA41">
         <v>5</v>
       </c>
       <c r="AB41">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>GEN</v>
       </c>
       <c r="B42" t="str">
         <v>T40</v>
       </c>
       <c r="C42">
         <v>40</v>
       </c>
       <c r="D42" t="str">
-        <v>Jonathan Nobrega</v>
+        <v>Patrick Remming &amp; Daniel White</v>
       </c>
       <c r="E42">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F42">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="H42" t="str">
-        <v>jonathannob</v>
+        <v>premming,lexusdan573</v>
       </c>
       <c r="I42">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J42">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="K42">
         <v>3</v>
       </c>
       <c r="L42">
         <v>3</v>
       </c>
       <c r="M42">
         <v>3</v>
       </c>
       <c r="N42">
+        <v>4</v>
+      </c>
+      <c r="O42">
+        <v>3</v>
+      </c>
+      <c r="P42">
+        <v>2</v>
+      </c>
+      <c r="Q42">
+        <v>3</v>
+      </c>
+      <c r="R42">
         <v>5</v>
       </c>
-      <c r="O42">
-[...10 lines deleted...]
-      </c>
       <c r="S42">
         <v>3</v>
       </c>
       <c r="T42">
         <v>4</v>
       </c>
       <c r="U42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V42">
         <v>3</v>
       </c>
       <c r="W42">
         <v>3</v>
       </c>
       <c r="X42">
         <v>3</v>
       </c>
       <c r="Y42">
         <v>3</v>
       </c>
       <c r="Z42">
         <v>3</v>
       </c>
       <c r="AA42">
         <v>4</v>
       </c>
       <c r="AB42">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>GEN</v>
       </c>
       <c r="B43" t="str">
-        <v>42</v>
+        <v>T42</v>
       </c>
       <c r="C43">
         <v>42</v>
       </c>
       <c r="D43" t="str">
-        <v>Scott Schumann &amp; Rick johnson</v>
+        <v>AnnMarie Faust &amp; Alex Sisco</v>
       </c>
       <c r="E43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F43">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H43" t="str">
-        <v>scottschumann,discgolfrick</v>
+        <v>amn5336,alexmulp</v>
       </c>
       <c r="I43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J43">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="K43">
         <v>3</v>
       </c>
       <c r="L43">
         <v>4</v>
       </c>
       <c r="M43">
         <v>4</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q43">
         <v>3</v>
       </c>
       <c r="R43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S43">
         <v>3</v>
       </c>
       <c r="T43">
         <v>3</v>
       </c>
       <c r="U43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V43">
         <v>3</v>
       </c>
       <c r="W43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X43">
         <v>3</v>
       </c>
       <c r="Y43">
         <v>3</v>
       </c>
       <c r="Z43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA43">
         <v>5</v>
       </c>
       <c r="AB43">
         <v>4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>GEN</v>
       </c>
       <c r="B44" t="str">
-        <v>43</v>
+        <v>T42</v>
       </c>
       <c r="C44">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D44" t="str">
-        <v>Josh white &amp; Rico</v>
+        <v>Jonathan Nobrega</v>
       </c>
       <c r="E44">
+        <v>2</v>
+      </c>
+      <c r="F44">
+        <v>59</v>
+      </c>
+      <c r="H44" t="str">
+        <v>jonathannob</v>
+      </c>
+      <c r="I44">
+        <v>2</v>
+      </c>
+      <c r="J44">
+        <v>59</v>
+      </c>
+      <c r="K44">
+        <v>3</v>
+      </c>
+      <c r="L44">
+        <v>3</v>
+      </c>
+      <c r="M44">
+        <v>3</v>
+      </c>
+      <c r="N44">
         <v>5</v>
       </c>
-      <c r="F44">
-[...22 lines deleted...]
-      </c>
       <c r="O44">
         <v>3</v>
       </c>
       <c r="P44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R44">
         <v>4</v>
       </c>
       <c r="S44">
         <v>3</v>
       </c>
       <c r="T44">
         <v>4</v>
       </c>
       <c r="U44">
         <v>4</v>
       </c>
       <c r="V44">
         <v>3</v>
       </c>
       <c r="W44">
         <v>3</v>
       </c>
       <c r="X44">
         <v>3</v>
       </c>
       <c r="Y44">
         <v>3</v>
       </c>
       <c r="Z44">
         <v>3</v>
       </c>
       <c r="AA44">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB44">
         <v>4</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>GEN</v>
       </c>
       <c r="B45" t="str">
         <v>44</v>
       </c>
       <c r="C45">
         <v>44</v>
       </c>
       <c r="D45" t="str">
-        <v>Jon Wilsonholme &amp; Mike O</v>
+        <v>Scott Schumann &amp; Rick johnson</v>
       </c>
       <c r="E45">
-        <v>36</v>
+        <v>3</v>
       </c>
       <c r="F45">
-        <v>93</v>
+        <v>60</v>
       </c>
       <c r="H45" t="str">
-        <v>jwilsonholme,modisc420</v>
+        <v>scottschumann,discgolfrick</v>
       </c>
       <c r="I45">
-        <v>36</v>
+        <v>3</v>
       </c>
       <c r="J45">
-        <v>93</v>
+        <v>60</v>
       </c>
       <c r="K45">
         <v>3</v>
       </c>
       <c r="L45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O45">
         <v>3</v>
       </c>
       <c r="P45">
         <v>3</v>
       </c>
       <c r="Q45">
         <v>3</v>
       </c>
       <c r="R45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S45">
         <v>3</v>
       </c>
       <c r="T45">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="U45">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="V45">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="W45">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="X45">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="Y45">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="Z45">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AA45">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="AB45">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>GEN</v>
       </c>
       <c r="B46" t="str">
-        <v>DNF</v>
+        <v>45</v>
+      </c>
+      <c r="C46">
+        <v>45</v>
       </c>
       <c r="D46" t="str">
-        <v>Jackson Lee</v>
+        <v>Josh white &amp; Rico</v>
       </c>
       <c r="E46">
-        <v>-1</v>
+        <v>5</v>
       </c>
       <c r="F46">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="H46" t="str">
-        <v>jacksonlee</v>
+        <v>goldenpelvis,reeks17</v>
       </c>
       <c r="I46">
-        <v>-1</v>
+        <v>5</v>
       </c>
       <c r="J46">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="K46">
         <v>4</v>
       </c>
       <c r="L46">
         <v>3</v>
       </c>
       <c r="M46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N46">
         <v>3</v>
       </c>
       <c r="O46">
         <v>3</v>
       </c>
       <c r="P46">
         <v>3</v>
       </c>
       <c r="Q46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R46">
         <v>4</v>
       </c>
       <c r="S46">
         <v>3</v>
+      </c>
+      <c r="T46">
+        <v>4</v>
+      </c>
+      <c r="U46">
+        <v>4</v>
+      </c>
+      <c r="V46">
+        <v>3</v>
+      </c>
+      <c r="W46">
+        <v>3</v>
+      </c>
+      <c r="X46">
+        <v>3</v>
+      </c>
+      <c r="Y46">
+        <v>3</v>
+      </c>
+      <c r="Z46">
+        <v>3</v>
+      </c>
+      <c r="AA46">
+        <v>5</v>
+      </c>
+      <c r="AB46">
+        <v>4</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>GEN</v>
       </c>
+      <c r="B47" t="str">
+        <v>46</v>
+      </c>
+      <c r="C47">
+        <v>46</v>
+      </c>
       <c r="D47" t="str">
-        <v>Daniel Gardner</v>
+        <v>Joe Kirleis &amp; Nicholas mackinaw</v>
       </c>
       <c r="E47">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F47">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="H47" t="str">
-        <v>dangardner</v>
+        <v>jrkirleis1s,nmack46</v>
       </c>
       <c r="I47">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="J47">
-        <v>0</v>
+        <v>63</v>
+      </c>
+      <c r="K47">
+        <v>4</v>
+      </c>
+      <c r="L47">
+        <v>3</v>
+      </c>
+      <c r="M47">
+        <v>4</v>
+      </c>
+      <c r="N47">
+        <v>4</v>
+      </c>
+      <c r="O47">
+        <v>3</v>
+      </c>
+      <c r="P47">
+        <v>3</v>
+      </c>
+      <c r="Q47">
+        <v>3</v>
+      </c>
+      <c r="R47">
+        <v>4</v>
+      </c>
+      <c r="S47">
+        <v>3</v>
+      </c>
+      <c r="T47">
+        <v>4</v>
+      </c>
+      <c r="U47">
+        <v>4</v>
+      </c>
+      <c r="V47">
+        <v>3</v>
+      </c>
+      <c r="W47">
+        <v>3</v>
+      </c>
+      <c r="X47">
+        <v>3</v>
+      </c>
+      <c r="Y47">
+        <v>3</v>
+      </c>
+      <c r="Z47">
+        <v>4</v>
+      </c>
+      <c r="AA47">
+        <v>4</v>
+      </c>
+      <c r="AB47">
+        <v>4</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>GEN</v>
       </c>
+      <c r="B48" t="str">
+        <v>47</v>
+      </c>
+      <c r="C48">
+        <v>47</v>
+      </c>
       <c r="D48" t="str">
-        <v>Joe Kirleis &amp; Nicholas mackinaw</v>
+        <v>Jon Wilsonholme &amp; Mike O</v>
       </c>
       <c r="E48">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="F48">
-        <v>0</v>
+        <v>93</v>
       </c>
       <c r="H48" t="str">
-        <v>jrkirleis1s,nmack46</v>
+        <v>jwilsonholme,modisc420</v>
       </c>
       <c r="I48">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="J48">
-        <v>0</v>
+        <v>93</v>
+      </c>
+      <c r="K48">
+        <v>3</v>
+      </c>
+      <c r="L48">
+        <v>3</v>
+      </c>
+      <c r="M48">
+        <v>3</v>
+      </c>
+      <c r="N48">
+        <v>4</v>
+      </c>
+      <c r="O48">
+        <v>3</v>
+      </c>
+      <c r="P48">
+        <v>3</v>
+      </c>
+      <c r="Q48">
+        <v>3</v>
+      </c>
+      <c r="R48">
+        <v>4</v>
+      </c>
+      <c r="S48">
+        <v>3</v>
+      </c>
+      <c r="T48">
+        <v>7</v>
+      </c>
+      <c r="U48">
+        <v>7</v>
+      </c>
+      <c r="V48">
+        <v>7</v>
+      </c>
+      <c r="W48">
+        <v>7</v>
+      </c>
+      <c r="X48">
+        <v>7</v>
+      </c>
+      <c r="Y48">
+        <v>7</v>
+      </c>
+      <c r="Z48">
+        <v>7</v>
+      </c>
+      <c r="AA48">
+        <v>8</v>
+      </c>
+      <c r="AB48">
+        <v>7</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>GEN</v>
       </c>
+      <c r="B49" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D49" t="str">
-        <v>Nicholas McCann &amp; George chaplin</v>
+        <v>Jackson Lee</v>
       </c>
       <c r="E49">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F49">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="H49" t="str">
-        <v>nicholas1029,gchaplin1</v>
+        <v>jacksonlee</v>
       </c>
       <c r="I49">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J49">
-        <v>0</v>
+        <v>28</v>
+      </c>
+      <c r="K49">
+        <v>4</v>
+      </c>
+      <c r="L49">
+        <v>3</v>
+      </c>
+      <c r="M49">
+        <v>3</v>
+      </c>
+      <c r="N49">
+        <v>3</v>
+      </c>
+      <c r="O49">
+        <v>3</v>
+      </c>
+      <c r="P49">
+        <v>3</v>
+      </c>
+      <c r="Q49">
+        <v>2</v>
+      </c>
+      <c r="R49">
+        <v>4</v>
+      </c>
+      <c r="S49">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB49"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>