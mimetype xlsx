--- v1 (2026-03-05)
+++ v2 (2026-03-28)
@@ -1713,51 +1713,51 @@
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T13</v>
       </c>
       <c r="C16">
         <v>13</v>
       </c>
       <c r="D16" t="str">
         <v>Daniel Riddle &amp; Kyle Potter</v>
       </c>
       <c r="E16">
         <v>-5</v>
       </c>
       <c r="F16">
         <v>52</v>
       </c>
       <c r="H16" t="str">
-        <v>steiny23,kpotter386</v>
+        <v>danielriddle,kpotter386</v>
       </c>
       <c r="I16">
         <v>-5</v>
       </c>
       <c r="J16">
         <v>52</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>2</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>