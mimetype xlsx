--- v0 (2025-12-16)
+++ v1 (2026-03-28)
@@ -1630,51 +1630,51 @@
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
         <v>Daniel Riddle &amp; Kyle Potter</v>
       </c>
       <c r="E15">
         <v>-5</v>
       </c>
       <c r="F15">
         <v>51</v>
       </c>
       <c r="H15" t="str">
-        <v>steiny23,kpotter386</v>
+        <v>danielriddle,kpotter386</v>
       </c>
       <c r="I15">
         <v>-5</v>
       </c>
       <c r="J15">
         <v>51</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>2</v>
       </c>