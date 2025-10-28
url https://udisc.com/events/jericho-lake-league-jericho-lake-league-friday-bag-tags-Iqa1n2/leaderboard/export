--- v0 (2025-10-03)
+++ v1 (2025-10-28)
@@ -805,50 +805,53 @@
         <v>4</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Anthony Pane</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>54</v>
       </c>
+      <c r="G5">
+        <v>316244</v>
+      </c>
       <c r="H5" t="str">
         <v>apane72</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>54</v>
       </c>
       <c r="K5">
         <v>4</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">