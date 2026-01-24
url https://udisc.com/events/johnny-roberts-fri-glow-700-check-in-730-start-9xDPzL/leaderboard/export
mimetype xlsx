--- v0 (2025-12-15)
+++ v1 (2026-01-24)
@@ -640,51 +640,51 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MHT</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Jack Berens</v>
       </c>
       <c r="E3">
         <v>-13</v>
       </c>
       <c r="F3">
         <v>41</v>
       </c>
       <c r="G3">
         <v>66751</v>
       </c>
       <c r="H3" t="str">
-        <v>jberens</v>
+        <v>jackberens</v>
       </c>
       <c r="I3">
         <v>-13</v>
       </c>
       <c r="J3">
         <v>41</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>