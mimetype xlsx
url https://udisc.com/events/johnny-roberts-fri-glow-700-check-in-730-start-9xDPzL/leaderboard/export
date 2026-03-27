--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -3340,50 +3340,53 @@
         <v>2</v>
       </c>
       <c r="AB34">
         <v>2</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>CAS</v>
       </c>
       <c r="B35" t="str">
         <v>T5</v>
       </c>
       <c r="C35">
         <v>5</v>
       </c>
       <c r="D35" t="str">
         <v>Shane Collins</v>
       </c>
       <c r="E35">
         <v>-10</v>
       </c>
       <c r="F35">
         <v>44</v>
       </c>
+      <c r="G35">
+        <v>324373</v>
+      </c>
       <c r="H35" t="str">
         <v>splashcity</v>
       </c>
       <c r="I35">
         <v>-10</v>
       </c>
       <c r="J35">
         <v>44</v>
       </c>
       <c r="K35">
         <v>2</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
         <v>2</v>
       </c>
       <c r="O35">
         <v>2</v>
       </c>
       <c r="P35">