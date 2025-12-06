--- v0 (2025-11-08)
+++ v1 (2025-12-06)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB84"/>
+  <dimension ref="A1:AB77"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -2899,4223 +2899,4056 @@
       </c>
       <c r="V29">
         <v>3</v>
       </c>
       <c r="W29">
         <v>3</v>
       </c>
       <c r="X29">
         <v>3</v>
       </c>
       <c r="Y29">
         <v>3</v>
       </c>
       <c r="Z29">
         <v>3</v>
       </c>
       <c r="AA29">
         <v>3</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
-        <v>MHT</v>
+        <v>CAS</v>
+      </c>
+      <c r="B30" t="str">
+        <v>T1</v>
+      </c>
+      <c r="C30">
+        <v>1</v>
       </c>
       <c r="D30" t="str">
-        <v xml:space="preserve">Duane Brown </v>
+        <v>Chris Colwell</v>
       </c>
       <c r="E30">
-        <v>0</v>
+        <v>-10</v>
       </c>
       <c r="F30">
-        <v>0</v>
+        <v>44</v>
+      </c>
+      <c r="G30">
+        <v>225558</v>
       </c>
       <c r="H30" t="str">
-        <v>dewalt5</v>
+        <v>chriscolwell</v>
       </c>
       <c r="I30">
-        <v>0</v>
+        <v>-10</v>
       </c>
       <c r="J30">
-        <v>0</v>
+        <v>44</v>
+      </c>
+      <c r="K30">
+        <v>2</v>
+      </c>
+      <c r="L30">
+        <v>2</v>
+      </c>
+      <c r="M30">
+        <v>2</v>
+      </c>
+      <c r="N30">
+        <v>2</v>
+      </c>
+      <c r="O30">
+        <v>2</v>
+      </c>
+      <c r="P30">
+        <v>4</v>
+      </c>
+      <c r="Q30">
+        <v>2</v>
+      </c>
+      <c r="R30">
+        <v>2</v>
+      </c>
+      <c r="S30">
+        <v>2</v>
+      </c>
+      <c r="T30">
+        <v>3</v>
+      </c>
+      <c r="U30">
+        <v>3</v>
+      </c>
+      <c r="V30">
+        <v>2</v>
+      </c>
+      <c r="W30">
+        <v>3</v>
+      </c>
+      <c r="X30">
+        <v>2</v>
+      </c>
+      <c r="Y30">
+        <v>3</v>
+      </c>
+      <c r="Z30">
+        <v>2</v>
+      </c>
+      <c r="AA30">
+        <v>3</v>
+      </c>
+      <c r="AB30">
+        <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
-        <v>MHT</v>
+        <v>CAS</v>
+      </c>
+      <c r="B31" t="str">
+        <v>T1</v>
+      </c>
+      <c r="C31">
+        <v>1</v>
       </c>
       <c r="D31" t="str">
-        <v>Alicia Peacock</v>
+        <v>James Thompson</v>
       </c>
       <c r="E31">
-        <v>0</v>
+        <v>-10</v>
       </c>
       <c r="F31">
-        <v>0</v>
+        <v>44</v>
+      </c>
+      <c r="G31">
+        <v>246100</v>
       </c>
       <c r="H31" t="str">
-        <v>misspeacock</v>
+        <v>jumpputtjames</v>
       </c>
       <c r="I31">
-        <v>0</v>
+        <v>-10</v>
       </c>
       <c r="J31">
-        <v>0</v>
+        <v>44</v>
+      </c>
+      <c r="K31">
+        <v>2</v>
+      </c>
+      <c r="L31">
+        <v>3</v>
+      </c>
+      <c r="M31">
+        <v>2</v>
+      </c>
+      <c r="N31">
+        <v>2</v>
+      </c>
+      <c r="O31">
+        <v>2</v>
+      </c>
+      <c r="P31">
+        <v>2</v>
+      </c>
+      <c r="Q31">
+        <v>4</v>
+      </c>
+      <c r="R31">
+        <v>2</v>
+      </c>
+      <c r="S31">
+        <v>3</v>
+      </c>
+      <c r="T31">
+        <v>3</v>
+      </c>
+      <c r="U31">
+        <v>2</v>
+      </c>
+      <c r="V31">
+        <v>2</v>
+      </c>
+      <c r="W31">
+        <v>3</v>
+      </c>
+      <c r="X31">
+        <v>2</v>
+      </c>
+      <c r="Y31">
+        <v>2</v>
+      </c>
+      <c r="Z31">
+        <v>2</v>
+      </c>
+      <c r="AA31">
+        <v>3</v>
+      </c>
+      <c r="AB31">
+        <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
-        <v>MHT</v>
+        <v>CAS</v>
+      </c>
+      <c r="B32" t="str">
+        <v>T3</v>
+      </c>
+      <c r="C32">
+        <v>3</v>
       </c>
       <c r="D32" t="str">
-        <v>Austin Moore</v>
+        <v>“Fez” Angel Alcala Chavez</v>
       </c>
       <c r="E32">
-        <v>0</v>
+        <v>-9</v>
       </c>
       <c r="F32">
-        <v>0</v>
+        <v>45</v>
+      </c>
+      <c r="G32">
+        <v>240478</v>
       </c>
       <c r="H32" t="str">
-        <v>austin5407</v>
+        <v>thebasketbandit</v>
       </c>
       <c r="I32">
-        <v>0</v>
+        <v>-9</v>
       </c>
       <c r="J32">
-        <v>0</v>
+        <v>45</v>
+      </c>
+      <c r="K32">
+        <v>3</v>
+      </c>
+      <c r="L32">
+        <v>3</v>
+      </c>
+      <c r="M32">
+        <v>2</v>
+      </c>
+      <c r="N32">
+        <v>2</v>
+      </c>
+      <c r="O32">
+        <v>3</v>
+      </c>
+      <c r="P32">
+        <v>3</v>
+      </c>
+      <c r="Q32">
+        <v>2</v>
+      </c>
+      <c r="R32">
+        <v>2</v>
+      </c>
+      <c r="S32">
+        <v>2</v>
+      </c>
+      <c r="T32">
+        <v>3</v>
+      </c>
+      <c r="U32">
+        <v>3</v>
+      </c>
+      <c r="V32">
+        <v>3</v>
+      </c>
+      <c r="W32">
+        <v>2</v>
+      </c>
+      <c r="X32">
+        <v>2</v>
+      </c>
+      <c r="Y32">
+        <v>2</v>
+      </c>
+      <c r="Z32">
+        <v>2</v>
+      </c>
+      <c r="AA32">
+        <v>3</v>
+      </c>
+      <c r="AB32">
+        <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
-        <v>MHT</v>
+        <v>CAS</v>
+      </c>
+      <c r="B33" t="str">
+        <v>T3</v>
+      </c>
+      <c r="C33">
+        <v>3</v>
       </c>
       <c r="D33" t="str">
-        <v>Caitlyn Moore</v>
+        <v>Michael Donlin</v>
       </c>
       <c r="E33">
-        <v>0</v>
+        <v>-9</v>
       </c>
       <c r="F33">
-        <v>0</v>
+        <v>45</v>
+      </c>
+      <c r="G33">
+        <v>278811</v>
       </c>
       <c r="H33" t="str">
-        <v>caitlynm</v>
+        <v>mdonlin13</v>
       </c>
       <c r="I33">
-        <v>0</v>
+        <v>-9</v>
       </c>
       <c r="J33">
-        <v>0</v>
+        <v>45</v>
+      </c>
+      <c r="K33">
+        <v>2</v>
+      </c>
+      <c r="L33">
+        <v>3</v>
+      </c>
+      <c r="M33">
+        <v>2</v>
+      </c>
+      <c r="N33">
+        <v>2</v>
+      </c>
+      <c r="O33">
+        <v>2</v>
+      </c>
+      <c r="P33">
+        <v>3</v>
+      </c>
+      <c r="Q33">
+        <v>3</v>
+      </c>
+      <c r="R33">
+        <v>2</v>
+      </c>
+      <c r="S33">
+        <v>4</v>
+      </c>
+      <c r="T33">
+        <v>2</v>
+      </c>
+      <c r="U33">
+        <v>2</v>
+      </c>
+      <c r="V33">
+        <v>3</v>
+      </c>
+      <c r="W33">
+        <v>3</v>
+      </c>
+      <c r="X33">
+        <v>2</v>
+      </c>
+      <c r="Y33">
+        <v>3</v>
+      </c>
+      <c r="Z33">
+        <v>3</v>
+      </c>
+      <c r="AA33">
+        <v>2</v>
+      </c>
+      <c r="AB33">
+        <v>2</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>CAS</v>
       </c>
       <c r="B34" t="str">
-        <v>T1</v>
+        <v>T3</v>
       </c>
       <c r="C34">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D34" t="str">
-        <v>Chris Colwell</v>
+        <v>Shane Collins</v>
       </c>
       <c r="E34">
-        <v>-10</v>
+        <v>-9</v>
       </c>
       <c r="F34">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>225558</v>
+        <v>45</v>
       </c>
       <c r="H34" t="str">
-        <v>chriscolwell</v>
+        <v>splashcity</v>
       </c>
       <c r="I34">
-        <v>-10</v>
+        <v>-9</v>
       </c>
       <c r="J34">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K34">
         <v>2</v>
       </c>
       <c r="L34">
         <v>2</v>
       </c>
       <c r="M34">
         <v>2</v>
       </c>
       <c r="N34">
         <v>2</v>
       </c>
       <c r="O34">
         <v>2</v>
       </c>
       <c r="P34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q34">
         <v>2</v>
       </c>
       <c r="R34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S34">
         <v>2</v>
       </c>
       <c r="T34">
         <v>3</v>
       </c>
       <c r="U34">
         <v>3</v>
       </c>
       <c r="V34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W34">
         <v>3</v>
       </c>
       <c r="X34">
         <v>2</v>
       </c>
       <c r="Y34">
         <v>3</v>
       </c>
       <c r="Z34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB34">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>CAS</v>
       </c>
       <c r="B35" t="str">
-        <v>T1</v>
+        <v>T6</v>
       </c>
       <c r="C35">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D35" t="str">
-        <v>James Thompson</v>
+        <v>Jason Oehlschlager</v>
       </c>
       <c r="E35">
-        <v>-10</v>
+        <v>-8</v>
       </c>
       <c r="F35">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G35">
-        <v>246100</v>
+        <v>241513</v>
       </c>
       <c r="H35" t="str">
-        <v>jumpputtjames</v>
+        <v>acinjason</v>
       </c>
       <c r="I35">
-        <v>-10</v>
+        <v>-8</v>
       </c>
       <c r="J35">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="K35">
         <v>2</v>
       </c>
       <c r="L35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N35">
         <v>2</v>
       </c>
       <c r="O35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U35">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="V35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X35">
         <v>2</v>
       </c>
       <c r="Y35">
         <v>2</v>
       </c>
       <c r="Z35">
         <v>2</v>
       </c>
       <c r="AA35">
         <v>3</v>
       </c>
       <c r="AB35">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>CAS</v>
       </c>
       <c r="B36" t="str">
-        <v>T3</v>
+        <v>T6</v>
       </c>
       <c r="C36">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D36" t="str">
-        <v>“Fez” Angel Alcala Chavez</v>
+        <v>Chad monette</v>
       </c>
       <c r="E36">
-        <v>-9</v>
+        <v>-8</v>
       </c>
       <c r="F36">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>240478</v>
+        <v>46</v>
       </c>
       <c r="H36" t="str">
-        <v>thebasketbandit</v>
+        <v>everywherechad</v>
       </c>
       <c r="I36">
-        <v>-9</v>
+        <v>-8</v>
       </c>
       <c r="J36">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>
       <c r="Q36">
         <v>2</v>
       </c>
       <c r="R36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X36">
         <v>2</v>
       </c>
       <c r="Y36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB36">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>CAS</v>
       </c>
       <c r="B37" t="str">
-        <v>T3</v>
+        <v>T6</v>
       </c>
       <c r="C37">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D37" t="str">
-        <v>Michael Donlin</v>
+        <v>Logan Painter</v>
       </c>
       <c r="E37">
-        <v>-9</v>
+        <v>-8</v>
       </c>
       <c r="F37">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>278811</v>
+        <v>46</v>
       </c>
       <c r="H37" t="str">
-        <v>mdonlin13</v>
+        <v>loggjamm</v>
       </c>
       <c r="I37">
-        <v>-9</v>
+        <v>-8</v>
       </c>
       <c r="J37">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L37">
         <v>3</v>
       </c>
       <c r="M37">
         <v>2</v>
       </c>
       <c r="N37">
         <v>2</v>
       </c>
       <c r="O37">
         <v>2</v>
       </c>
       <c r="P37">
         <v>3</v>
       </c>
       <c r="Q37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R37">
         <v>2</v>
       </c>
       <c r="S37">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V37">
         <v>3</v>
       </c>
       <c r="W37">
         <v>3</v>
       </c>
       <c r="X37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y37">
         <v>3</v>
       </c>
       <c r="Z37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB37">
         <v>2</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>CAS</v>
       </c>
       <c r="B38" t="str">
-        <v>T3</v>
+        <v>T9</v>
       </c>
       <c r="C38">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D38" t="str">
-        <v>Shane Collins</v>
+        <v>Chris D’Andrea</v>
       </c>
       <c r="E38">
-        <v>-9</v>
+        <v>-7</v>
       </c>
       <c r="F38">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="H38" t="str">
-        <v>splashcity</v>
+        <v>chrisdandrea</v>
       </c>
       <c r="I38">
-        <v>-9</v>
+        <v>-7</v>
       </c>
       <c r="J38">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="K38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M38">
         <v>2</v>
       </c>
       <c r="N38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P38">
         <v>3</v>
       </c>
       <c r="Q38">
         <v>2</v>
       </c>
       <c r="R38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S38">
         <v>2</v>
       </c>
       <c r="T38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z38">
         <v>3</v>
       </c>
       <c r="AA38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB38">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>CAS</v>
       </c>
       <c r="B39" t="str">
-        <v>T6</v>
+        <v>T9</v>
       </c>
       <c r="C39">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D39" t="str">
-        <v>Jason Oehlschlager</v>
+        <v>Duke McCaslin</v>
       </c>
       <c r="E39">
-        <v>-8</v>
+        <v>-7</v>
       </c>
       <c r="F39">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>241513</v>
+        <v>47</v>
       </c>
       <c r="H39" t="str">
-        <v>acinjason</v>
+        <v>breezydiscs</v>
       </c>
       <c r="I39">
-        <v>-8</v>
+        <v>-7</v>
       </c>
       <c r="J39">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K39">
         <v>2</v>
       </c>
       <c r="L39">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="M39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N39">
         <v>2</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
         <v>3</v>
       </c>
       <c r="Q39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R39">
         <v>3</v>
       </c>
       <c r="S39">
         <v>2</v>
       </c>
       <c r="T39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U39">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="V39">
         <v>3</v>
       </c>
       <c r="W39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X39">
         <v>2</v>
       </c>
       <c r="Y39">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="Z39">
         <v>2</v>
       </c>
       <c r="AA39">
         <v>3</v>
       </c>
       <c r="AB39">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>CAS</v>
       </c>
       <c r="B40" t="str">
-        <v>T6</v>
+        <v>T9</v>
       </c>
       <c r="C40">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D40" t="str">
-        <v>Chad monette</v>
+        <v>Hober Bruleigh</v>
       </c>
       <c r="E40">
-        <v>-8</v>
+        <v>-7</v>
       </c>
       <c r="F40">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H40" t="str">
-        <v>everywherechad</v>
+        <v>digitloc</v>
       </c>
       <c r="I40">
-        <v>-8</v>
+        <v>-7</v>
       </c>
       <c r="J40">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M40">
         <v>3</v>
       </c>
       <c r="N40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O40">
         <v>2</v>
       </c>
       <c r="P40">
         <v>3</v>
       </c>
       <c r="Q40">
         <v>2</v>
       </c>
       <c r="R40">
         <v>3</v>
       </c>
       <c r="S40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T40">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U40">
         <v>2</v>
       </c>
       <c r="V40">
         <v>2</v>
       </c>
       <c r="W40">
         <v>3</v>
       </c>
       <c r="X40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y40">
         <v>3</v>
       </c>
       <c r="Z40">
         <v>3</v>
       </c>
       <c r="AA40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB40">
         <v>2</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>CAS</v>
       </c>
       <c r="B41" t="str">
-        <v>T6</v>
+        <v>T12</v>
       </c>
       <c r="C41">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="D41" t="str">
-        <v>Logan Painter</v>
+        <v>Brandon Nelon</v>
       </c>
       <c r="E41">
-        <v>-8</v>
+        <v>-6</v>
       </c>
       <c r="F41">
-        <v>46</v>
+        <v>48</v>
+      </c>
+      <c r="G41">
+        <v>72024</v>
       </c>
       <c r="H41" t="str">
-        <v>loggjamm</v>
+        <v>brandonnelon79</v>
       </c>
       <c r="I41">
-        <v>-8</v>
+        <v>-6</v>
       </c>
       <c r="J41">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K41">
         <v>3</v>
       </c>
       <c r="L41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N41">
         <v>2</v>
       </c>
       <c r="O41">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S41">
         <v>2</v>
       </c>
       <c r="T41">
         <v>3</v>
       </c>
       <c r="U41">
         <v>3</v>
       </c>
       <c r="V41">
         <v>3</v>
       </c>
       <c r="W41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z41">
         <v>2</v>
       </c>
       <c r="AA41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB41">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>CAS</v>
       </c>
       <c r="B42" t="str">
-        <v>T9</v>
+        <v>T12</v>
       </c>
       <c r="C42">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D42" t="str">
-        <v>Chris D’Andrea</v>
+        <v>Collin Kline</v>
       </c>
       <c r="E42">
-        <v>-7</v>
+        <v>-6</v>
       </c>
       <c r="F42">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H42" t="str">
-        <v>chrisdandrea</v>
+        <v>cbreezydoo</v>
       </c>
       <c r="I42">
-        <v>-7</v>
+        <v>-6</v>
       </c>
       <c r="J42">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M42">
         <v>2</v>
       </c>
       <c r="N42">
         <v>3</v>
       </c>
       <c r="O42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R42">
         <v>2</v>
       </c>
       <c r="S42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U42">
         <v>4</v>
       </c>
       <c r="V42">
         <v>2</v>
       </c>
       <c r="W42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X42">
         <v>3</v>
       </c>
       <c r="Y42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z42">
         <v>3</v>
       </c>
       <c r="AA42">
         <v>3</v>
       </c>
       <c r="AB42">
         <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>CAS</v>
       </c>
       <c r="B43" t="str">
-        <v>T9</v>
+        <v>T12</v>
       </c>
       <c r="C43">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D43" t="str">
-        <v>Duke McCaslin</v>
+        <v>Marcus Nelson</v>
       </c>
       <c r="E43">
-        <v>-7</v>
+        <v>-6</v>
       </c>
       <c r="F43">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H43" t="str">
-        <v>breezydiscs</v>
+        <v>alict09</v>
       </c>
       <c r="I43">
-        <v>-7</v>
+        <v>-6</v>
       </c>
       <c r="J43">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K43">
         <v>2</v>
       </c>
       <c r="L43">
         <v>5</v>
       </c>
       <c r="M43">
         <v>2</v>
       </c>
       <c r="N43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">
         <v>3</v>
       </c>
       <c r="Q43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S43">
         <v>2</v>
       </c>
       <c r="T43">
         <v>3</v>
       </c>
       <c r="U43">
         <v>2</v>
       </c>
       <c r="V43">
         <v>3</v>
       </c>
       <c r="W43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y43">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Z43">
         <v>2</v>
       </c>
       <c r="AA43">
         <v>3</v>
       </c>
       <c r="AB43">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>CAS</v>
       </c>
       <c r="B44" t="str">
-        <v>T9</v>
+        <v>T12</v>
       </c>
       <c r="C44">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D44" t="str">
-        <v>Hober Bruleigh</v>
+        <v>Taylor S</v>
       </c>
       <c r="E44">
-        <v>-7</v>
+        <v>-6</v>
       </c>
       <c r="F44">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H44" t="str">
-        <v>digitloc</v>
+        <v>trebled</v>
       </c>
       <c r="I44">
-        <v>-7</v>
+        <v>-6</v>
       </c>
       <c r="J44">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K44">
         <v>3</v>
       </c>
       <c r="L44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M44">
         <v>3</v>
       </c>
       <c r="N44">
         <v>2</v>
       </c>
       <c r="O44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P44">
         <v>3</v>
       </c>
       <c r="Q44">
         <v>2</v>
       </c>
       <c r="R44">
         <v>3</v>
       </c>
       <c r="S44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U44">
         <v>2</v>
       </c>
       <c r="V44">
         <v>2</v>
       </c>
       <c r="W44">
         <v>3</v>
       </c>
       <c r="X44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y44">
         <v>3</v>
       </c>
       <c r="Z44">
         <v>3</v>
       </c>
       <c r="AA44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB44">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>CAS</v>
       </c>
       <c r="B45" t="str">
-        <v>T12</v>
+        <v>T16</v>
       </c>
       <c r="C45">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D45" t="str">
-        <v>Brandon Nelon</v>
+        <v>Mike Cahill</v>
       </c>
       <c r="E45">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="F45">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G45">
-        <v>72024</v>
+        <v>124654</v>
       </c>
       <c r="H45" t="str">
-        <v>brandonnelon79</v>
+        <v>cahill</v>
       </c>
       <c r="I45">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="J45">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L45">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O45">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P45">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R45">
         <v>3</v>
       </c>
       <c r="S45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U45">
         <v>3</v>
       </c>
       <c r="V45">
         <v>3</v>
       </c>
       <c r="W45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB45">
         <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>CAS</v>
       </c>
       <c r="B46" t="str">
-        <v>T12</v>
+        <v>T16</v>
       </c>
       <c r="C46">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D46" t="str">
-        <v>Collin Kline</v>
+        <v>Jeff machen</v>
       </c>
       <c r="E46">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="F46">
-        <v>48</v>
+        <v>49</v>
+      </c>
+      <c r="G46">
+        <v>232147</v>
       </c>
       <c r="H46" t="str">
-        <v>cbreezydoo</v>
+        <v>milehighjeff</v>
       </c>
       <c r="I46">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="J46">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K46">
         <v>2</v>
       </c>
       <c r="L46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N46">
         <v>3</v>
       </c>
       <c r="O46">
         <v>2</v>
       </c>
       <c r="P46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T46">
         <v>3</v>
       </c>
       <c r="U46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W46">
         <v>3</v>
       </c>
       <c r="X46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y46">
         <v>3</v>
       </c>
       <c r="Z46">
         <v>3</v>
       </c>
       <c r="AA46">
         <v>3</v>
       </c>
       <c r="AB46">
         <v>3</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>CAS</v>
       </c>
       <c r="B47" t="str">
-        <v>T12</v>
+        <v>T16</v>
       </c>
       <c r="C47">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D47" t="str">
-        <v>Marcus Nelson</v>
+        <v>Ryan Kennedy</v>
       </c>
       <c r="E47">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="F47">
-        <v>48</v>
+        <v>49</v>
+      </c>
+      <c r="G47">
+        <v>261301</v>
       </c>
       <c r="H47" t="str">
-        <v>alict09</v>
+        <v>oneluckysob</v>
       </c>
       <c r="I47">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="J47">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K47">
         <v>2</v>
       </c>
       <c r="L47">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M47">
         <v>2</v>
       </c>
       <c r="N47">
         <v>3</v>
       </c>
       <c r="O47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q47">
         <v>3</v>
       </c>
       <c r="R47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T47">
         <v>3</v>
       </c>
       <c r="U47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA47">
         <v>3</v>
       </c>
       <c r="AB47">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>CAS</v>
       </c>
       <c r="B48" t="str">
-        <v>T12</v>
+        <v>T16</v>
       </c>
       <c r="C48">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D48" t="str">
-        <v>Taylor S</v>
+        <v>Nick Chiapel</v>
       </c>
       <c r="E48">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="F48">
-        <v>48</v>
+        <v>49</v>
+      </c>
+      <c r="G48">
+        <v>300437</v>
       </c>
       <c r="H48" t="str">
-        <v>trebled</v>
+        <v>nchiapel</v>
       </c>
       <c r="I48">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="J48">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K48">
         <v>3</v>
       </c>
       <c r="L48">
         <v>2</v>
       </c>
       <c r="M48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N48">
         <v>2</v>
       </c>
       <c r="O48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q48">
         <v>2</v>
       </c>
       <c r="R48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U48">
         <v>2</v>
       </c>
       <c r="V48">
         <v>2</v>
       </c>
       <c r="W48">
         <v>3</v>
       </c>
       <c r="X48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z48">
         <v>3</v>
       </c>
       <c r="AA48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB48">
         <v>3</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>CAS</v>
       </c>
       <c r="B49" t="str">
         <v>T16</v>
       </c>
       <c r="C49">
         <v>16</v>
       </c>
       <c r="D49" t="str">
-        <v>Mike Cahill</v>
+        <v>Jeremiah trujillo</v>
       </c>
       <c r="E49">
         <v>-5</v>
       </c>
       <c r="F49">
         <v>49</v>
       </c>
-      <c r="G49">
-[...1 lines deleted...]
-      </c>
       <c r="H49" t="str">
-        <v>cahill</v>
+        <v>twix31</v>
       </c>
       <c r="I49">
         <v>-5</v>
       </c>
       <c r="J49">
         <v>49</v>
       </c>
       <c r="K49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P49">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R49">
         <v>3</v>
       </c>
       <c r="S49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V49">
         <v>3</v>
       </c>
       <c r="W49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X49">
         <v>3</v>
       </c>
       <c r="Y49">
         <v>3</v>
       </c>
       <c r="Z49">
         <v>3</v>
       </c>
       <c r="AA49">
         <v>3</v>
       </c>
       <c r="AB49">
         <v>3</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>CAS</v>
       </c>
       <c r="B50" t="str">
         <v>T16</v>
       </c>
       <c r="C50">
         <v>16</v>
       </c>
       <c r="D50" t="str">
-        <v>Jeff machen</v>
+        <v>Puttholetickler</v>
       </c>
       <c r="E50">
         <v>-5</v>
       </c>
       <c r="F50">
         <v>49</v>
       </c>
-      <c r="G50">
-[...1 lines deleted...]
-      </c>
       <c r="H50" t="str">
-        <v>milehighjeff</v>
+        <v>puttholetickler</v>
       </c>
       <c r="I50">
         <v>-5</v>
       </c>
       <c r="J50">
         <v>49</v>
       </c>
       <c r="K50">
         <v>2</v>
       </c>
       <c r="L50">
         <v>3</v>
       </c>
       <c r="M50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N50">
         <v>3</v>
       </c>
       <c r="O50">
         <v>2</v>
       </c>
       <c r="P50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R50">
         <v>3</v>
       </c>
       <c r="S50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T50">
         <v>3</v>
       </c>
       <c r="U50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X50">
         <v>2</v>
       </c>
       <c r="Y50">
         <v>3</v>
       </c>
       <c r="Z50">
         <v>3</v>
       </c>
       <c r="AA50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB50">
         <v>3</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>CAS</v>
       </c>
       <c r="B51" t="str">
-        <v>T16</v>
+        <v>22</v>
       </c>
       <c r="C51">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D51" t="str">
-        <v>Ryan Kennedy</v>
+        <v>Mike Baros</v>
       </c>
       <c r="E51">
-        <v>-5</v>
+        <v>-4</v>
       </c>
       <c r="F51">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G51">
-        <v>261301</v>
+        <v>247215</v>
       </c>
       <c r="H51" t="str">
-        <v>oneluckysob</v>
+        <v>micdrop82</v>
       </c>
       <c r="I51">
-        <v>-5</v>
+        <v>-4</v>
       </c>
       <c r="J51">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K51">
         <v>2</v>
       </c>
       <c r="L51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O51">
         <v>4</v>
       </c>
       <c r="P51">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T51">
         <v>3</v>
       </c>
       <c r="U51">
         <v>3</v>
       </c>
       <c r="V51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y51">
         <v>3</v>
       </c>
       <c r="Z51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB51">
         <v>2</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>CAS</v>
       </c>
       <c r="B52" t="str">
-        <v>T16</v>
+        <v>T23</v>
       </c>
       <c r="C52">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D52" t="str">
-        <v>Nick Chiapel</v>
+        <v>Devin Cardinal</v>
       </c>
       <c r="E52">
-        <v>-5</v>
+        <v>-3</v>
       </c>
       <c r="F52">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G52">
-        <v>300437</v>
+        <v>296016</v>
       </c>
       <c r="H52" t="str">
-        <v>nchiapel</v>
+        <v>arborbarber</v>
       </c>
       <c r="I52">
-        <v>-5</v>
+        <v>-3</v>
       </c>
       <c r="J52">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="K52">
         <v>3</v>
       </c>
       <c r="L52">
         <v>2</v>
       </c>
       <c r="M52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q52">
         <v>2</v>
       </c>
       <c r="R52">
         <v>2</v>
       </c>
       <c r="S52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T52">
         <v>4</v>
       </c>
       <c r="U52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z52">
         <v>3</v>
       </c>
       <c r="AA52">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB52">
         <v>3</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>CAS</v>
       </c>
       <c r="B53" t="str">
-        <v>T16</v>
+        <v>T23</v>
       </c>
       <c r="C53">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D53" t="str">
-        <v>Jeremiah trujillo</v>
+        <v>AJ Brown</v>
       </c>
       <c r="E53">
-        <v>-5</v>
+        <v>-3</v>
       </c>
       <c r="F53">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H53" t="str">
-        <v>twix31</v>
+        <v>anthonym11</v>
       </c>
       <c r="I53">
-        <v>-5</v>
+        <v>-3</v>
       </c>
       <c r="J53">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="K53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L53">
         <v>3</v>
       </c>
       <c r="M53">
         <v>3</v>
       </c>
       <c r="N53">
         <v>2</v>
       </c>
       <c r="O53">
         <v>3</v>
       </c>
       <c r="P53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q53">
         <v>3</v>
       </c>
       <c r="R53">
         <v>3</v>
       </c>
       <c r="S53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T53">
         <v>3</v>
       </c>
       <c r="U53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V53">
         <v>3</v>
       </c>
       <c r="W53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y53">
         <v>3</v>
       </c>
       <c r="Z53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB53">
         <v>3</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>CAS</v>
       </c>
       <c r="B54" t="str">
-        <v>T16</v>
+        <v>T23</v>
       </c>
       <c r="C54">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D54" t="str">
-        <v>Puttholetickler</v>
+        <v>Cortny Amberg</v>
       </c>
       <c r="E54">
-        <v>-5</v>
+        <v>-3</v>
       </c>
       <c r="F54">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H54" t="str">
-        <v>puttholetickler</v>
+        <v>cjaz303</v>
       </c>
       <c r="I54">
-        <v>-5</v>
+        <v>-3</v>
       </c>
       <c r="J54">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="K54">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M54">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N54">
         <v>3</v>
       </c>
       <c r="O54">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P54">
         <v>2</v>
       </c>
       <c r="Q54">
         <v>3</v>
       </c>
       <c r="R54">
         <v>3</v>
       </c>
       <c r="S54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T54">
         <v>3</v>
       </c>
       <c r="U54">
         <v>2</v>
       </c>
       <c r="V54">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X54">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y54">
         <v>3</v>
       </c>
       <c r="Z54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA54">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AB54">
         <v>3</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>CAS</v>
       </c>
       <c r="B55" t="str">
-        <v>22</v>
+        <v>T23</v>
       </c>
       <c r="C55">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D55" t="str">
-        <v>Mike Baros</v>
+        <v>Dylan Dowdle</v>
       </c>
       <c r="E55">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="F55">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>247215</v>
+        <v>51</v>
       </c>
       <c r="H55" t="str">
-        <v>micdrop82</v>
+        <v>dylandowdle13</v>
       </c>
       <c r="I55">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="J55">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K55">
         <v>2</v>
       </c>
       <c r="L55">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N55">
         <v>2</v>
       </c>
       <c r="O55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P55">
         <v>4</v>
       </c>
       <c r="Q55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R55">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T55">
         <v>3</v>
       </c>
       <c r="U55">
         <v>3</v>
       </c>
       <c r="V55">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W55">
         <v>2</v>
       </c>
       <c r="X55">
         <v>3</v>
       </c>
       <c r="Y55">
         <v>3</v>
       </c>
       <c r="Z55">
         <v>2</v>
       </c>
       <c r="AA55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB55">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>CAS</v>
       </c>
       <c r="B56" t="str">
         <v>T23</v>
       </c>
       <c r="C56">
         <v>23</v>
       </c>
       <c r="D56" t="str">
-        <v>Devin Cardinal</v>
+        <v>James Bacon</v>
       </c>
       <c r="E56">
         <v>-3</v>
       </c>
       <c r="F56">
         <v>51</v>
       </c>
-      <c r="G56">
-[...1 lines deleted...]
-      </c>
       <c r="H56" t="str">
-        <v>arborbarber</v>
+        <v>jbacon86</v>
       </c>
       <c r="I56">
         <v>-3</v>
       </c>
       <c r="J56">
         <v>51</v>
       </c>
       <c r="K56">
         <v>3</v>
       </c>
       <c r="L56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M56">
         <v>3</v>
       </c>
       <c r="N56">
         <v>3</v>
       </c>
       <c r="O56">
         <v>3</v>
       </c>
       <c r="P56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R56">
         <v>2</v>
       </c>
       <c r="S56">
         <v>3</v>
       </c>
       <c r="T56">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W56">
         <v>4</v>
       </c>
       <c r="X56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y56">
         <v>3</v>
       </c>
       <c r="Z56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB56">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>CAS</v>
       </c>
       <c r="B57" t="str">
-        <v>T23</v>
+        <v>T28</v>
       </c>
       <c r="C57">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D57" t="str">
-        <v>AJ Brown</v>
+        <v>Aaron Matuszewski</v>
       </c>
       <c r="E57">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="F57">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H57" t="str">
-        <v>anthonym11</v>
+        <v>liftedtraveler</v>
       </c>
       <c r="I57">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="J57">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K57">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L57">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M57">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N57">
         <v>2</v>
       </c>
       <c r="O57">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P57">
         <v>3</v>
       </c>
       <c r="Q57">
         <v>3</v>
       </c>
       <c r="R57">
         <v>3</v>
       </c>
       <c r="S57">
         <v>3</v>
       </c>
       <c r="T57">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U57">
         <v>3</v>
       </c>
       <c r="V57">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W57">
         <v>3</v>
       </c>
       <c r="X57">
         <v>2</v>
       </c>
       <c r="Y57">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z57">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA57">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB57">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
         <v>CAS</v>
       </c>
       <c r="B58" t="str">
-        <v>T23</v>
+        <v>T28</v>
       </c>
       <c r="C58">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D58" t="str">
-        <v>Cortny Amberg</v>
+        <v>Jimi Cavaleri</v>
       </c>
       <c r="E58">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="F58">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H58" t="str">
-        <v>cjaz303</v>
+        <v>jimicavaleri</v>
       </c>
       <c r="I58">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="J58">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K58">
         <v>3</v>
       </c>
       <c r="L58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M58">
         <v>3</v>
       </c>
       <c r="N58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O58">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q58">
         <v>3</v>
       </c>
       <c r="R58">
         <v>3</v>
       </c>
       <c r="S58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T58">
         <v>3</v>
       </c>
       <c r="U58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V58">
         <v>2</v>
       </c>
       <c r="W58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X58">
         <v>3</v>
       </c>
       <c r="Y58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA58">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB58">
         <v>3</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>CAS</v>
       </c>
       <c r="B59" t="str">
-        <v>T23</v>
+        <v>T28</v>
       </c>
       <c r="C59">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D59" t="str">
-        <v>Dylan Dowdle</v>
+        <v>Matthew juretic</v>
       </c>
       <c r="E59">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="F59">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H59" t="str">
-        <v>dylandowdle13</v>
+        <v>martyjurassic</v>
       </c>
       <c r="I59">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="J59">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K59">
         <v>2</v>
       </c>
       <c r="L59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O59">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P59">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q59">
         <v>3</v>
       </c>
       <c r="R59">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S59">
         <v>3</v>
       </c>
       <c r="T59">
         <v>3</v>
       </c>
       <c r="U59">
         <v>3</v>
       </c>
       <c r="V59">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W59">
         <v>2</v>
       </c>
       <c r="X59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y59">
         <v>3</v>
       </c>
       <c r="Z59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA59">
         <v>3</v>
       </c>
       <c r="AB59">
         <v>3</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
         <v>CAS</v>
       </c>
       <c r="B60" t="str">
-        <v>T23</v>
+        <v>T31</v>
       </c>
       <c r="C60">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="D60" t="str">
-        <v>James Bacon</v>
+        <v>Tony Grzegorzewski</v>
       </c>
       <c r="E60">
-        <v>-3</v>
+        <v>-1</v>
       </c>
       <c r="F60">
-        <v>51</v>
+        <v>53</v>
+      </c>
+      <c r="G60">
+        <v>84435</v>
       </c>
       <c r="H60" t="str">
-        <v>jbacon86</v>
+        <v>pr1mo1</v>
       </c>
       <c r="I60">
-        <v>-3</v>
+        <v>-1</v>
       </c>
       <c r="J60">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M60">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O60">
         <v>3</v>
       </c>
       <c r="P60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q60">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R60">
         <v>2</v>
       </c>
       <c r="S60">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T60">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V60">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W60">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X60">
         <v>3</v>
       </c>
       <c r="Y60">
         <v>3</v>
       </c>
       <c r="Z60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA60">
         <v>3</v>
       </c>
       <c r="AB60">
         <v>2</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>CAS</v>
       </c>
       <c r="B61" t="str">
-        <v>T28</v>
+        <v>T31</v>
       </c>
       <c r="C61">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D61" t="str">
-        <v>Aaron Matuszewski</v>
+        <v>Ben Morris</v>
       </c>
       <c r="E61">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="F61">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H61" t="str">
-        <v>liftedtraveler</v>
+        <v>papaduq</v>
       </c>
       <c r="I61">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="J61">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K61">
         <v>3</v>
       </c>
       <c r="L61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O61">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P61">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q61">
         <v>3</v>
       </c>
       <c r="R61">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S61">
         <v>3</v>
       </c>
       <c r="T61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U61">
         <v>3</v>
       </c>
       <c r="V61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W61">
         <v>3</v>
       </c>
       <c r="X61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y61">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z61">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA61">
         <v>3</v>
       </c>
       <c r="AB61">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>CAS</v>
       </c>
       <c r="B62" t="str">
-        <v>T28</v>
+        <v>T31</v>
       </c>
       <c r="C62">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D62" t="str">
-        <v>Jimi Cavaleri</v>
+        <v>Erin Oakland</v>
       </c>
       <c r="E62">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="F62">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H62" t="str">
-        <v>jimicavaleri</v>
+        <v>erinoakland</v>
       </c>
       <c r="I62">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="J62">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N62">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O62">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P62">
         <v>3</v>
       </c>
       <c r="Q62">
         <v>3</v>
       </c>
       <c r="R62">
         <v>3</v>
       </c>
       <c r="S62">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T62">
         <v>3</v>
       </c>
       <c r="U62">
         <v>3</v>
       </c>
       <c r="V62">
         <v>2</v>
       </c>
       <c r="W62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X62">
         <v>3</v>
       </c>
       <c r="Y62">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z62">
         <v>3</v>
       </c>
       <c r="AA62">
         <v>3</v>
       </c>
       <c r="AB62">
         <v>3</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>CAS</v>
       </c>
       <c r="B63" t="str">
-        <v>T28</v>
+        <v>T31</v>
       </c>
       <c r="C63">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D63" t="str">
-        <v>Matthew juretic</v>
+        <v>Taylor Smith</v>
       </c>
       <c r="E63">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="F63">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H63" t="str">
-        <v>martyjurassic</v>
+        <v>taylorjay</v>
       </c>
       <c r="I63">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="J63">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K63">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L63">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N63">
         <v>3</v>
       </c>
       <c r="O63">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S63">
         <v>3</v>
       </c>
       <c r="T63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V63">
         <v>3</v>
       </c>
       <c r="W63">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X63">
         <v>2</v>
       </c>
       <c r="Y63">
         <v>3</v>
       </c>
       <c r="Z63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA63">
         <v>3</v>
       </c>
       <c r="AB63">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>CAS</v>
       </c>
       <c r="B64" t="str">
-        <v>T31</v>
+        <v>T35</v>
       </c>
       <c r="C64">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D64" t="str">
-        <v>Tony Grzegorzewski</v>
+        <v xml:space="preserve">Eric Dixon </v>
       </c>
       <c r="E64">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F64">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>84435</v>
+        <v>54</v>
       </c>
       <c r="H64" t="str">
-        <v>pr1mo1</v>
+        <v>discndixon</v>
       </c>
       <c r="I64">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="J64">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K64">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L64">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M64">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N64">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O64">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P64">
         <v>3</v>
       </c>
       <c r="Q64">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R64">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S64">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T64">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U64">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V64">
         <v>2</v>
       </c>
       <c r="W64">
         <v>3</v>
       </c>
       <c r="X64">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y64">
         <v>3</v>
       </c>
       <c r="Z64">
         <v>3</v>
       </c>
       <c r="AA64">
         <v>3</v>
       </c>
       <c r="AB64">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>CAS</v>
       </c>
       <c r="B65" t="str">
-        <v>T31</v>
+        <v>T35</v>
       </c>
       <c r="C65">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D65" t="str">
-        <v>Ben Morris</v>
+        <v>Hunter Picard</v>
       </c>
       <c r="E65">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F65">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H65" t="str">
-        <v>papaduq</v>
+        <v>hunterp5</v>
       </c>
       <c r="I65">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="J65">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L65">
         <v>3</v>
       </c>
       <c r="M65">
         <v>3</v>
       </c>
       <c r="N65">
         <v>3</v>
       </c>
       <c r="O65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P65">
         <v>4</v>
       </c>
       <c r="Q65">
         <v>3</v>
       </c>
       <c r="R65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U65">
         <v>3</v>
       </c>
       <c r="V65">
         <v>3</v>
       </c>
       <c r="W65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X65">
         <v>3</v>
       </c>
       <c r="Y65">
         <v>3</v>
       </c>
       <c r="Z65">
         <v>2</v>
       </c>
       <c r="AA65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB65">
         <v>3</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>CAS</v>
       </c>
       <c r="B66" t="str">
-        <v>T31</v>
+        <v>T37</v>
       </c>
       <c r="C66">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D66" t="str">
-        <v>Erin Oakland</v>
+        <v>Christian Wowak</v>
       </c>
       <c r="E66">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="F66">
-        <v>53</v>
+        <v>55</v>
+      </c>
+      <c r="G66">
+        <v>241502</v>
       </c>
       <c r="H66" t="str">
-        <v>erinoakland</v>
+        <v>bigbirddg</v>
       </c>
       <c r="I66">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="J66">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="K66">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L66">
         <v>2</v>
       </c>
       <c r="M66">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N66">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O66">
         <v>4</v>
       </c>
       <c r="P66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q66">
         <v>3</v>
       </c>
       <c r="R66">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S66">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T66">
         <v>3</v>
       </c>
       <c r="U66">
         <v>3</v>
       </c>
       <c r="V66">
         <v>2</v>
       </c>
       <c r="W66">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X66">
         <v>3</v>
       </c>
       <c r="Y66">
         <v>3</v>
       </c>
       <c r="Z66">
         <v>3</v>
       </c>
       <c r="AA66">
         <v>3</v>
       </c>
       <c r="AB66">
         <v>3</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v>CAS</v>
       </c>
       <c r="B67" t="str">
-        <v>T31</v>
+        <v>T37</v>
       </c>
       <c r="C67">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D67" t="str">
-        <v>Taylor Smith</v>
+        <v>Bill Howard</v>
       </c>
       <c r="E67">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="F67">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="H67" t="str">
-        <v>taylorjay</v>
+        <v>bill5280</v>
       </c>
       <c r="I67">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="J67">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="K67">
         <v>3</v>
       </c>
       <c r="L67">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M67">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N67">
         <v>3</v>
       </c>
       <c r="O67">
         <v>3</v>
       </c>
       <c r="P67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q67">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R67">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S67">
         <v>3</v>
       </c>
       <c r="T67">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V67">
         <v>3</v>
       </c>
       <c r="W67">
         <v>3</v>
       </c>
       <c r="X67">
         <v>2</v>
       </c>
       <c r="Y67">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA67">
         <v>3</v>
       </c>
       <c r="AB67">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>CAS</v>
       </c>
       <c r="B68" t="str">
-        <v>T35</v>
+        <v>T37</v>
       </c>
       <c r="C68">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D68" t="str">
-        <v xml:space="preserve">Eric Dixon </v>
+        <v xml:space="preserve">Daniel Trujillo </v>
       </c>
       <c r="E68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F68">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H68" t="str">
-        <v>discndixon</v>
+        <v>danielgtrujillo</v>
       </c>
       <c r="I68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J68">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K68">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L68">
         <v>3</v>
       </c>
       <c r="M68">
         <v>3</v>
       </c>
       <c r="N68">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O68">
         <v>4</v>
       </c>
       <c r="P68">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R68">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S68">
         <v>3</v>
       </c>
       <c r="T68">
         <v>3</v>
       </c>
       <c r="U68">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W68">
         <v>3</v>
       </c>
       <c r="X68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y68">
         <v>3</v>
       </c>
       <c r="Z68">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA68">
         <v>3</v>
       </c>
       <c r="AB68">
         <v>3</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
         <v>CAS</v>
       </c>
       <c r="B69" t="str">
-        <v>T35</v>
+        <v>40</v>
       </c>
       <c r="C69">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D69" t="str">
-        <v>Hunter Picard</v>
+        <v>Loghan Potter</v>
       </c>
       <c r="E69">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F69">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H69" t="str">
-        <v>hunterp5</v>
+        <v>wiikid</v>
       </c>
       <c r="I69">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J69">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="K69">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L69">
         <v>3</v>
       </c>
       <c r="M69">
         <v>3</v>
       </c>
       <c r="N69">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O69">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P69">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q69">
         <v>3</v>
       </c>
       <c r="R69">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S69">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T69">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U69">
         <v>3</v>
       </c>
       <c r="V69">
         <v>3</v>
       </c>
       <c r="W69">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X69">
         <v>3</v>
       </c>
       <c r="Y69">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z69">
         <v>2</v>
       </c>
       <c r="AA69">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB69">
         <v>3</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
         <v>CAS</v>
       </c>
       <c r="B70" t="str">
-        <v>T37</v>
+        <v>41</v>
       </c>
       <c r="C70">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D70" t="str">
-        <v>Christian Wowak</v>
+        <v>Jonathan Cragg</v>
       </c>
       <c r="E70">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F70">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="G70">
-        <v>241502</v>
+        <v>128981</v>
       </c>
       <c r="H70" t="str">
-        <v>bigbirddg</v>
+        <v>cragg92</v>
       </c>
       <c r="I70">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J70">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="K70">
         <v>3</v>
       </c>
       <c r="L70">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M70">
         <v>3</v>
       </c>
       <c r="N70">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O70">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P70">
         <v>4</v>
       </c>
       <c r="Q70">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R70">
         <v>2</v>
       </c>
       <c r="S70">
         <v>3</v>
       </c>
       <c r="T70">
         <v>3</v>
       </c>
       <c r="U70">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V70">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W70">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X70">
         <v>3</v>
       </c>
       <c r="Y70">
         <v>3</v>
       </c>
       <c r="Z70">
         <v>3</v>
       </c>
       <c r="AA70">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB70">
         <v>3</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
         <v>CAS</v>
       </c>
       <c r="B71" t="str">
-        <v>T37</v>
+        <v>42</v>
       </c>
       <c r="C71">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D71" t="str">
-        <v>Bill Howard</v>
+        <v>Adam Liñan</v>
       </c>
       <c r="E71">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F71">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H71" t="str">
-        <v>bill5280</v>
+        <v>atlindenver</v>
       </c>
       <c r="I71">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="J71">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K71">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L71">
         <v>3</v>
       </c>
       <c r="M71">
         <v>3</v>
       </c>
       <c r="N71">
         <v>3</v>
       </c>
       <c r="O71">
         <v>3</v>
       </c>
       <c r="P71">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q71">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R71">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S71">
         <v>3</v>
       </c>
       <c r="T71">
         <v>3</v>
       </c>
       <c r="U71">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V71">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W71">
         <v>3</v>
       </c>
       <c r="X71">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y71">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z71">
         <v>3</v>
       </c>
       <c r="AA71">
         <v>3</v>
       </c>
       <c r="AB71">
         <v>3</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
         <v>CAS</v>
       </c>
       <c r="B72" t="str">
-        <v>T37</v>
+        <v>43</v>
       </c>
       <c r="C72">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D72" t="str">
-        <v xml:space="preserve">Daniel Trujillo </v>
+        <v>josh g</v>
       </c>
       <c r="E72">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F72">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="H72" t="str">
-        <v>danielgtrujillo</v>
+        <v>dingus956</v>
       </c>
       <c r="I72">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="J72">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="K72">
         <v>3</v>
       </c>
       <c r="L72">
         <v>3</v>
       </c>
       <c r="M72">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N72">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O72">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P72">
         <v>4</v>
       </c>
       <c r="Q72">
         <v>3</v>
       </c>
       <c r="R72">
         <v>4</v>
       </c>
       <c r="S72">
         <v>3</v>
       </c>
       <c r="T72">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U72">
         <v>3</v>
       </c>
       <c r="V72">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W72">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X72">
         <v>3</v>
       </c>
       <c r="Y72">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z72">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA72">
         <v>3</v>
       </c>
       <c r="AB72">
         <v>3</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
         <v>CAS</v>
       </c>
       <c r="B73" t="str">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C73">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D73" t="str">
-        <v>Loghan Potter</v>
+        <v>Chris Moder</v>
       </c>
       <c r="E73">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F73">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H73" t="str">
-        <v>wiikid</v>
+        <v>cmoder</v>
       </c>
       <c r="I73">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="J73">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="K73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M73">
         <v>3</v>
       </c>
       <c r="N73">
         <v>4</v>
       </c>
       <c r="O73">
         <v>5</v>
       </c>
       <c r="P73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q73">
         <v>3</v>
       </c>
       <c r="R73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S73">
         <v>3</v>
       </c>
       <c r="T73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U73">
         <v>3</v>
       </c>
       <c r="V73">
         <v>3</v>
       </c>
       <c r="W73">
         <v>3</v>
       </c>
       <c r="X73">
         <v>3</v>
       </c>
       <c r="Y73">
         <v>4</v>
       </c>
       <c r="Z73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB73">
         <v>3</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
         <v>CAS</v>
       </c>
       <c r="B74" t="str">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="C74">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D74" t="str">
-        <v>Jonathan Cragg</v>
+        <v xml:space="preserve">Tessa Trujillo </v>
       </c>
       <c r="E74">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="F74">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>128981</v>
+        <v>65</v>
       </c>
       <c r="H74" t="str">
-        <v>cragg92</v>
+        <v>crookst</v>
       </c>
       <c r="I74">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="J74">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K74">
         <v>3</v>
       </c>
       <c r="L74">
         <v>3</v>
       </c>
       <c r="M74">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N74">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O74">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P74">
         <v>4</v>
       </c>
       <c r="Q74">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R74">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S74">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T74">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U74">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V74">
         <v>4</v>
       </c>
       <c r="W74">
         <v>3</v>
       </c>
       <c r="X74">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y74">
         <v>3</v>
       </c>
       <c r="Z74">
         <v>3</v>
       </c>
       <c r="AA74">
         <v>4</v>
       </c>
       <c r="AB74">
         <v>3</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="str">
         <v>CAS</v>
       </c>
       <c r="B75" t="str">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C75">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D75" t="str">
-        <v>Gianni</v>
+        <v>Madeline Moller</v>
       </c>
       <c r="E75">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="F75">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="H75" t="str">
-        <v>gbob96</v>
+        <v>jellybeanomelet</v>
       </c>
       <c r="I75">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="J75">
-        <v>37</v>
+        <v>67</v>
+      </c>
+      <c r="K75">
+        <v>5</v>
+      </c>
+      <c r="L75">
+        <v>6</v>
+      </c>
+      <c r="M75">
+        <v>4</v>
+      </c>
+      <c r="N75">
+        <v>3</v>
+      </c>
+      <c r="O75">
+        <v>5</v>
       </c>
       <c r="P75">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q75">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R75">
         <v>4</v>
       </c>
       <c r="S75">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T75">
         <v>4</v>
       </c>
       <c r="U75">
         <v>3</v>
       </c>
       <c r="V75">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W75">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X75">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y75">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z75">
+        <v>4</v>
+      </c>
+      <c r="AA75">
+        <v>3</v>
+      </c>
+      <c r="AB75">
         <v>3</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="str">
         <v>CAS</v>
       </c>
       <c r="B76" t="str">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C76">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D76" t="str">
-        <v>Adam Liñan</v>
+        <v>Arianna Trujillo</v>
       </c>
       <c r="E76">
+        <v>22</v>
+      </c>
+      <c r="F76">
+        <v>76</v>
+      </c>
+      <c r="H76" t="str">
+        <v>arianna2713t</v>
+      </c>
+      <c r="I76">
+        <v>22</v>
+      </c>
+      <c r="J76">
+        <v>76</v>
+      </c>
+      <c r="K76">
+        <v>4</v>
+      </c>
+      <c r="L76">
         <v>5</v>
       </c>
-      <c r="F76">
-[...5 lines deleted...]
-      <c r="I76">
+      <c r="M76">
+        <v>6</v>
+      </c>
+      <c r="N76">
+        <v>4</v>
+      </c>
+      <c r="O76">
+        <v>4</v>
+      </c>
+      <c r="P76">
         <v>5</v>
       </c>
-      <c r="J76">
-[...19 lines deleted...]
-      </c>
       <c r="Q76">
         <v>4</v>
       </c>
       <c r="R76">
         <v>3</v>
       </c>
       <c r="S76">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T76">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="U76">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V76">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W76">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X76">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y76">
         <v>3</v>
       </c>
       <c r="Z76">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA76">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB76">
         <v>3</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="str">
         <v>CAS</v>
       </c>
       <c r="B77" t="str">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>DNF</v>
       </c>
       <c r="D77" t="str">
-        <v>josh g</v>
+        <v>Gianni</v>
       </c>
       <c r="E77">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F77">
-        <v>62</v>
+        <v>37</v>
       </c>
       <c r="H77" t="str">
-        <v>dingus956</v>
+        <v>gbob96</v>
       </c>
       <c r="I77">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="J77">
-        <v>62</v>
-[...13 lines deleted...]
-      <c r="O77">
+        <v>37</v>
+      </c>
+      <c r="P77">
+        <v>3</v>
+      </c>
+      <c r="Q77">
+        <v>2</v>
+      </c>
+      <c r="R77">
+        <v>4</v>
+      </c>
+      <c r="S77">
+        <v>4</v>
+      </c>
+      <c r="T77">
+        <v>4</v>
+      </c>
+      <c r="U77">
+        <v>3</v>
+      </c>
+      <c r="V77">
+        <v>4</v>
+      </c>
+      <c r="W77">
+        <v>3</v>
+      </c>
+      <c r="X77">
+        <v>2</v>
+      </c>
+      <c r="Y77">
         <v>5</v>
       </c>
-      <c r="P77">
-[...28 lines deleted...]
-      </c>
       <c r="Z77">
-        <v>4</v>
-[...409 lines deleted...]
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB84"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB77"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 