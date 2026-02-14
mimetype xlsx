--- v2 (2026-01-24)
+++ v3 (2026-02-14)
@@ -4441,51 +4441,51 @@
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>CAS</v>
       </c>
       <c r="B48" t="str">
         <v>T16</v>
       </c>
       <c r="C48">
         <v>16</v>
       </c>
       <c r="D48" t="str">
         <v>Nick Chiapel</v>
       </c>
       <c r="E48">
         <v>-5</v>
       </c>
       <c r="F48">
         <v>49</v>
       </c>
       <c r="G48">
         <v>300437</v>
       </c>
       <c r="H48" t="str">
-        <v>nchiapel</v>
+        <v>midnightfrolfer</v>
       </c>
       <c r="I48">
         <v>-5</v>
       </c>
       <c r="J48">
         <v>49</v>
       </c>
       <c r="K48">
         <v>3</v>
       </c>
       <c r="L48">
         <v>2</v>
       </c>
       <c r="M48">
         <v>2</v>
       </c>
       <c r="N48">
         <v>2</v>
       </c>
       <c r="O48">
         <v>4</v>
       </c>
       <c r="P48">
         <v>4</v>
       </c>