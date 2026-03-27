--- v3 (2026-02-14)
+++ v4 (2026-03-27)
@@ -3260,50 +3260,53 @@
         <v>2</v>
       </c>
       <c r="AB33">
         <v>2</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>CAS</v>
       </c>
       <c r="B34" t="str">
         <v>T3</v>
       </c>
       <c r="C34">
         <v>3</v>
       </c>
       <c r="D34" t="str">
         <v>Shane Collins</v>
       </c>
       <c r="E34">
         <v>-9</v>
       </c>
       <c r="F34">
         <v>45</v>
       </c>
+      <c r="G34">
+        <v>324373</v>
+      </c>
       <c r="H34" t="str">
         <v>splashcity</v>
       </c>
       <c r="I34">
         <v>-9</v>
       </c>
       <c r="J34">
         <v>45</v>
       </c>
       <c r="K34">
         <v>2</v>
       </c>
       <c r="L34">
         <v>2</v>
       </c>
       <c r="M34">
         <v>2</v>
       </c>
       <c r="N34">
         <v>2</v>
       </c>
       <c r="O34">
         <v>2</v>
       </c>
       <c r="P34">
@@ -3587,203 +3590,206 @@
       </c>
       <c r="Y37">
         <v>3</v>
       </c>
       <c r="Z37">
         <v>2</v>
       </c>
       <c r="AA37">
         <v>3</v>
       </c>
       <c r="AB37">
         <v>2</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>CAS</v>
       </c>
       <c r="B38" t="str">
         <v>T9</v>
       </c>
       <c r="C38">
         <v>9</v>
       </c>
       <c r="D38" t="str">
-        <v>Chris D’Andrea</v>
+        <v>Duke McCaslin</v>
       </c>
       <c r="E38">
         <v>-7</v>
       </c>
       <c r="F38">
         <v>47</v>
       </c>
+      <c r="G38">
+        <v>322667</v>
+      </c>
       <c r="H38" t="str">
-        <v>chrisdandrea</v>
+        <v>breezydiscs</v>
       </c>
       <c r="I38">
         <v>-7</v>
       </c>
       <c r="J38">
         <v>47</v>
       </c>
       <c r="K38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L38">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M38">
         <v>2</v>
       </c>
       <c r="N38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O38">
         <v>3</v>
       </c>
       <c r="P38">
         <v>3</v>
       </c>
       <c r="Q38">
         <v>2</v>
       </c>
       <c r="R38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S38">
         <v>2</v>
       </c>
       <c r="T38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U38">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y38">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="Z38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA38">
         <v>3</v>
       </c>
       <c r="AB38">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>CAS</v>
       </c>
       <c r="B39" t="str">
         <v>T9</v>
       </c>
       <c r="C39">
         <v>9</v>
       </c>
       <c r="D39" t="str">
-        <v>Duke McCaslin</v>
+        <v>Chris D’Andrea</v>
       </c>
       <c r="E39">
         <v>-7</v>
       </c>
       <c r="F39">
         <v>47</v>
       </c>
       <c r="H39" t="str">
-        <v>breezydiscs</v>
+        <v>chrisdandrea</v>
       </c>
       <c r="I39">
         <v>-7</v>
       </c>
       <c r="J39">
         <v>47</v>
       </c>
       <c r="K39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L39">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M39">
         <v>2</v>
       </c>
       <c r="N39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
         <v>3</v>
       </c>
       <c r="Q39">
         <v>2</v>
       </c>
       <c r="R39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S39">
         <v>2</v>
       </c>
       <c r="T39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U39">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Z39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA39">
         <v>3</v>
       </c>
       <c r="AB39">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>CAS</v>
       </c>
       <c r="B40" t="str">
         <v>T9</v>
       </c>
       <c r="C40">
         <v>9</v>
       </c>
       <c r="D40" t="str">
         <v>Hober Bruleigh</v>
       </c>
       <c r="E40">
         <v>-7</v>
       </c>
       <c r="F40">
         <v>47</v>
       </c>
       <c r="H40" t="str">
         <v>digitloc</v>
       </c>
       <c r="I40">