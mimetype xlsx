--- v0 (2026-01-24)
+++ v1 (2026-03-27)
@@ -4517,50 +4517,53 @@
         <v>3</v>
       </c>
       <c r="AB48">
         <v>2</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>CAS</v>
       </c>
       <c r="B49" t="str">
         <v>T6</v>
       </c>
       <c r="C49">
         <v>6</v>
       </c>
       <c r="D49" t="str">
         <v>Shane Collins</v>
       </c>
       <c r="E49">
         <v>-9</v>
       </c>
       <c r="F49">
         <v>45</v>
       </c>
+      <c r="G49">
+        <v>324373</v>
+      </c>
       <c r="H49" t="str">
         <v>splashcity</v>
       </c>
       <c r="I49">
         <v>-9</v>
       </c>
       <c r="J49">
         <v>45</v>
       </c>
       <c r="K49">
         <v>3</v>
       </c>
       <c r="L49">
         <v>3</v>
       </c>
       <c r="M49">
         <v>2</v>
       </c>
       <c r="N49">
         <v>3</v>
       </c>
       <c r="O49">
         <v>2</v>
       </c>
       <c r="P49">
@@ -6107,283 +6110,286 @@
       </c>
       <c r="Y67">
         <v>2</v>
       </c>
       <c r="Z67">
         <v>2</v>
       </c>
       <c r="AA67">
         <v>4</v>
       </c>
       <c r="AB67">
         <v>3</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>CAS</v>
       </c>
       <c r="B68" t="str">
         <v>T25</v>
       </c>
       <c r="C68">
         <v>25</v>
       </c>
       <c r="D68" t="str">
-        <v>Brandon Bird</v>
+        <v>Duke McCaslin</v>
       </c>
       <c r="E68">
         <v>0</v>
       </c>
       <c r="F68">
         <v>54</v>
       </c>
+      <c r="G68">
+        <v>322667</v>
+      </c>
       <c r="H68" t="str">
-        <v>brandontbird3</v>
+        <v>breezydiscs</v>
       </c>
       <c r="I68">
         <v>0</v>
       </c>
       <c r="J68">
         <v>54</v>
       </c>
       <c r="K68">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="L68">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M68">
         <v>3</v>
       </c>
       <c r="N68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O68">
         <v>3</v>
       </c>
       <c r="P68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q68">
         <v>3</v>
       </c>
       <c r="R68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S68">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U68">
         <v>3</v>
       </c>
       <c r="V68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W68">
         <v>3</v>
       </c>
       <c r="X68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y68">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z68">
         <v>3</v>
       </c>
       <c r="AA68">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB68">
         <v>3</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
         <v>CAS</v>
       </c>
       <c r="B69" t="str">
         <v>T25</v>
       </c>
       <c r="C69">
         <v>25</v>
       </c>
       <c r="D69" t="str">
-        <v>Devenn Bencon</v>
+        <v>Brandon Bird</v>
       </c>
       <c r="E69">
         <v>0</v>
       </c>
       <c r="F69">
         <v>54</v>
       </c>
       <c r="H69" t="str">
-        <v>aeriimusic</v>
+        <v>brandontbird3</v>
       </c>
       <c r="I69">
         <v>0</v>
       </c>
       <c r="J69">
         <v>54</v>
       </c>
       <c r="K69">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L69">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M69">
         <v>3</v>
       </c>
       <c r="N69">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O69">
         <v>3</v>
       </c>
       <c r="P69">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q69">
         <v>3</v>
       </c>
       <c r="R69">
         <v>2</v>
       </c>
       <c r="S69">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T69">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U69">
         <v>3</v>
       </c>
       <c r="V69">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W69">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X69">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y69">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z69">
         <v>3</v>
       </c>
       <c r="AA69">
         <v>3</v>
       </c>
       <c r="AB69">
         <v>3</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
         <v>CAS</v>
       </c>
       <c r="B70" t="str">
         <v>T25</v>
       </c>
       <c r="C70">
         <v>25</v>
       </c>
       <c r="D70" t="str">
-        <v>Duke McCaslin</v>
+        <v>Devenn Bencon</v>
       </c>
       <c r="E70">
         <v>0</v>
       </c>
       <c r="F70">
         <v>54</v>
       </c>
       <c r="H70" t="str">
-        <v>breezydiscs</v>
+        <v>aeriimusic</v>
       </c>
       <c r="I70">
         <v>0</v>
       </c>
       <c r="J70">
         <v>54</v>
       </c>
       <c r="K70">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L70">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M70">
         <v>3</v>
       </c>
       <c r="N70">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O70">
         <v>3</v>
       </c>
       <c r="P70">
         <v>3</v>
       </c>
       <c r="Q70">
         <v>3</v>
       </c>
       <c r="R70">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S70">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T70">
         <v>3</v>
       </c>
       <c r="U70">
         <v>3</v>
       </c>
       <c r="V70">
         <v>3</v>
       </c>
       <c r="W70">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X70">
         <v>3</v>
       </c>
       <c r="Y70">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z70">
         <v>3</v>
       </c>
       <c r="AA70">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB70">
         <v>3</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
         <v>CAS</v>
       </c>
       <c r="B71" t="str">
         <v>T25</v>
       </c>
       <c r="C71">
         <v>25</v>
       </c>
       <c r="D71" t="str">
         <v>Maxwell Quinn</v>
       </c>
       <c r="E71">
         <v>0</v>
       </c>
       <c r="F71">
         <v>54</v>
       </c>
       <c r="H71" t="str">