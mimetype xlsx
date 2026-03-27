--- v0 (2026-01-24)
+++ v1 (2026-03-27)
@@ -2750,50 +2750,53 @@
         <v>3</v>
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MHT</v>
       </c>
       <c r="B28" t="str">
         <v>T27</v>
       </c>
       <c r="C28">
         <v>27</v>
       </c>
       <c r="D28" t="str">
         <v>Duke McCaslin</v>
       </c>
       <c r="E28">
         <v>-1</v>
       </c>
       <c r="F28">
         <v>53</v>
       </c>
+      <c r="G28">
+        <v>322667</v>
+      </c>
       <c r="H28" t="str">
         <v>breezydiscs</v>
       </c>
       <c r="I28">
         <v>-1</v>
       </c>
       <c r="J28">
         <v>53</v>
       </c>
       <c r="K28">
         <v>2</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
@@ -4441,366 +4444,369 @@
       </c>
       <c r="Y47">
         <v>3</v>
       </c>
       <c r="Z47">
         <v>2</v>
       </c>
       <c r="AA47">
         <v>3</v>
       </c>
       <c r="AB47">
         <v>3</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>CAS</v>
       </c>
       <c r="B48" t="str">
         <v>T16</v>
       </c>
       <c r="C48">
         <v>16</v>
       </c>
       <c r="D48" t="str">
-        <v>Dylan Dowdle</v>
+        <v>Shane Collins</v>
       </c>
       <c r="E48">
         <v>-8</v>
       </c>
       <c r="F48">
         <v>46</v>
       </c>
+      <c r="G48">
+        <v>324373</v>
+      </c>
       <c r="H48" t="str">
-        <v>dylandowdle13</v>
+        <v>splashcity</v>
       </c>
       <c r="I48">
         <v>-8</v>
       </c>
       <c r="J48">
         <v>46</v>
       </c>
       <c r="K48">
         <v>2</v>
       </c>
       <c r="L48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M48">
         <v>2</v>
       </c>
       <c r="N48">
         <v>2</v>
       </c>
       <c r="O48">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P48">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S48">
         <v>2</v>
       </c>
       <c r="T48">
         <v>2</v>
       </c>
       <c r="U48">
         <v>3</v>
       </c>
       <c r="V48">
         <v>3</v>
       </c>
       <c r="W48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X48">
         <v>3</v>
       </c>
       <c r="Y48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA48">
         <v>2</v>
       </c>
       <c r="AB48">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>CAS</v>
       </c>
       <c r="B49" t="str">
         <v>T16</v>
       </c>
       <c r="C49">
         <v>16</v>
       </c>
       <c r="D49" t="str">
-        <v>Puttholetickler</v>
+        <v>Dylan Dowdle</v>
       </c>
       <c r="E49">
         <v>-8</v>
       </c>
       <c r="F49">
         <v>46</v>
       </c>
       <c r="H49" t="str">
-        <v>puttholetickler</v>
+        <v>dylandowdle13</v>
       </c>
       <c r="I49">
         <v>-8</v>
       </c>
       <c r="J49">
         <v>46</v>
       </c>
       <c r="K49">
         <v>2</v>
       </c>
       <c r="L49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M49">
         <v>2</v>
       </c>
       <c r="N49">
         <v>2</v>
       </c>
       <c r="O49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q49">
         <v>2</v>
       </c>
       <c r="R49">
         <v>3</v>
       </c>
       <c r="S49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V49">
         <v>3</v>
       </c>
       <c r="W49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X49">
         <v>3</v>
       </c>
       <c r="Y49">
         <v>2</v>
       </c>
       <c r="Z49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB49">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>CAS</v>
       </c>
       <c r="B50" t="str">
         <v>T16</v>
       </c>
       <c r="C50">
         <v>16</v>
       </c>
       <c r="D50" t="str">
-        <v>Sabina Arroyo</v>
+        <v>Puttholetickler</v>
       </c>
       <c r="E50">
         <v>-8</v>
       </c>
       <c r="F50">
         <v>46</v>
       </c>
       <c r="H50" t="str">
-        <v>binathawinaa</v>
+        <v>puttholetickler</v>
       </c>
       <c r="I50">
         <v>-8</v>
       </c>
       <c r="J50">
         <v>46</v>
       </c>
       <c r="K50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L50">
         <v>3</v>
       </c>
       <c r="M50">
         <v>2</v>
       </c>
       <c r="N50">
         <v>2</v>
       </c>
       <c r="O50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P50">
         <v>3</v>
       </c>
       <c r="Q50">
         <v>2</v>
       </c>
       <c r="R50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T50">
         <v>3</v>
       </c>
       <c r="U50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W50">
         <v>3</v>
       </c>
       <c r="X50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y50">
         <v>2</v>
       </c>
       <c r="Z50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA50">
         <v>3</v>
       </c>
       <c r="AB50">
         <v>2</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>CAS</v>
       </c>
       <c r="B51" t="str">
         <v>T16</v>
       </c>
       <c r="C51">
         <v>16</v>
       </c>
       <c r="D51" t="str">
-        <v>Shane Collins</v>
+        <v>Sabina Arroyo</v>
       </c>
       <c r="E51">
         <v>-8</v>
       </c>
       <c r="F51">
         <v>46</v>
       </c>
       <c r="H51" t="str">
-        <v>splashcity</v>
+        <v>binathawinaa</v>
       </c>
       <c r="I51">
         <v>-8</v>
       </c>
       <c r="J51">
         <v>46</v>
       </c>
       <c r="K51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L51">
         <v>3</v>
       </c>
       <c r="M51">
         <v>2</v>
       </c>
       <c r="N51">
         <v>2</v>
       </c>
       <c r="O51">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="P51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R51">
         <v>2</v>
       </c>
       <c r="S51">
         <v>2</v>
       </c>
       <c r="T51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U51">
         <v>3</v>
       </c>
       <c r="V51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W51">
         <v>3</v>
       </c>
       <c r="X51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB51">
         <v>2</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>CAS</v>
       </c>
       <c r="B52" t="str">
         <v>T21</v>
       </c>
       <c r="C52">
         <v>21</v>
       </c>
       <c r="D52" t="str">
         <v>Christopher Johnson</v>
       </c>
       <c r="E52">
         <v>-7</v>
       </c>
       <c r="F52">
         <v>47</v>
       </c>
       <c r="G52">