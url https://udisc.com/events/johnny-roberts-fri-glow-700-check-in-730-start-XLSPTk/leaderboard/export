--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -2163,50 +2163,53 @@
         <v>2</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MHT</v>
       </c>
       <c r="B21" t="str">
         <v>T16</v>
       </c>
       <c r="C21">
         <v>16</v>
       </c>
       <c r="D21" t="str">
         <v>Duke McCaslin</v>
       </c>
       <c r="E21">
         <v>-9</v>
       </c>
       <c r="F21">
         <v>45</v>
       </c>
+      <c r="G21">
+        <v>322667</v>
+      </c>
       <c r="H21" t="str">
         <v>breezydiscs</v>
       </c>
       <c r="I21">
         <v>-9</v>
       </c>
       <c r="J21">
         <v>45</v>
       </c>
       <c r="K21">
         <v>2</v>
       </c>
       <c r="L21">
         <v>2</v>
       </c>
       <c r="M21">
         <v>2</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
@@ -3926,50 +3929,53 @@
       <c r="AA41">
         <v>2</v>
       </c>
       <c r="AB41">
         <v>2</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>CAS</v>
       </c>
       <c r="B42" t="str">
         <v>2</v>
       </c>
       <c r="C42">
         <v>2</v>
       </c>
       <c r="D42" t="str">
         <v>Shane Collins</v>
       </c>
       <c r="E42">
         <v>-12</v>
       </c>
       <c r="F42">
         <v>42</v>
+      </c>
+      <c r="G42">
+        <v>324373</v>
       </c>
       <c r="H42" t="str">
         <v>splashcity</v>
       </c>
       <c r="I42">
         <v>-12</v>
       </c>
       <c r="J42">
         <v>42</v>
       </c>
       <c r="K42">
         <v>2</v>
       </c>
       <c r="L42">
         <v>2</v>
       </c>
       <c r="M42">
         <v>2</v>
       </c>
       <c r="N42">
         <v>2</v>
       </c>
       <c r="O42">
         <v>4</v>
       </c>