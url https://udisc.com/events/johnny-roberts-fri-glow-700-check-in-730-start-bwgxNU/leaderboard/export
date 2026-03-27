--- v0 (2026-02-14)
+++ v1 (2026-03-27)
@@ -5511,286 +5511,289 @@
       </c>
       <c r="Y60">
         <v>3</v>
       </c>
       <c r="Z60">
         <v>2</v>
       </c>
       <c r="AA60">
         <v>3</v>
       </c>
       <c r="AB60">
         <v>3</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>CAS</v>
       </c>
       <c r="B61" t="str">
         <v>T33</v>
       </c>
       <c r="C61">
         <v>33</v>
       </c>
       <c r="D61" t="str">
-        <v>Adam Liñan</v>
+        <v>Duke McCaslin</v>
       </c>
       <c r="E61">
         <v>1</v>
       </c>
       <c r="F61">
         <v>55</v>
       </c>
+      <c r="G61">
+        <v>322667</v>
+      </c>
       <c r="H61" t="str">
-        <v>atlindenver</v>
+        <v>breezydiscs</v>
       </c>
       <c r="I61">
         <v>1</v>
       </c>
       <c r="J61">
         <v>55</v>
       </c>
       <c r="K61">
         <v>3</v>
       </c>
       <c r="L61">
         <v>3</v>
       </c>
       <c r="M61">
         <v>4</v>
       </c>
       <c r="N61">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O61">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P61">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R61">
         <v>3</v>
       </c>
       <c r="S61">
         <v>3</v>
       </c>
       <c r="T61">
         <v>3</v>
       </c>
       <c r="U61">
         <v>3</v>
       </c>
       <c r="V61">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W61">
         <v>4</v>
       </c>
       <c r="X61">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z61">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA61">
         <v>3</v>
       </c>
       <c r="AB61">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>CAS</v>
       </c>
       <c r="B62" t="str">
         <v>T33</v>
       </c>
       <c r="C62">
         <v>33</v>
       </c>
       <c r="D62" t="str">
-        <v xml:space="preserve">Duane Brown </v>
+        <v>Adam Liñan</v>
       </c>
       <c r="E62">
         <v>1</v>
       </c>
       <c r="F62">
         <v>55</v>
       </c>
       <c r="H62" t="str">
-        <v>dewalt5</v>
+        <v>atlindenver</v>
       </c>
       <c r="I62">
         <v>1</v>
       </c>
       <c r="J62">
         <v>55</v>
       </c>
       <c r="K62">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L62">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M62">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N62">
         <v>3</v>
       </c>
       <c r="O62">
         <v>4</v>
       </c>
       <c r="P62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R62">
         <v>3</v>
       </c>
       <c r="S62">
         <v>3</v>
       </c>
       <c r="T62">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U62">
         <v>3</v>
       </c>
       <c r="V62">
         <v>3</v>
       </c>
       <c r="W62">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X62">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y62">
         <v>2</v>
       </c>
       <c r="Z62">
         <v>3</v>
       </c>
       <c r="AA62">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB62">
         <v>3</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>CAS</v>
       </c>
       <c r="B63" t="str">
         <v>T33</v>
       </c>
       <c r="C63">
         <v>33</v>
       </c>
       <c r="D63" t="str">
-        <v>Duke McCaslin</v>
+        <v xml:space="preserve">Duane Brown </v>
       </c>
       <c r="E63">
         <v>1</v>
       </c>
       <c r="F63">
         <v>55</v>
       </c>
       <c r="H63" t="str">
-        <v>breezydiscs</v>
+        <v>dewalt5</v>
       </c>
       <c r="I63">
         <v>1</v>
       </c>
       <c r="J63">
         <v>55</v>
       </c>
       <c r="K63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L63">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M63">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N63">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O63">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P63">
         <v>4</v>
       </c>
       <c r="Q63">
         <v>3</v>
       </c>
       <c r="R63">
         <v>3</v>
       </c>
       <c r="S63">
         <v>3</v>
       </c>
       <c r="T63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U63">
         <v>3</v>
       </c>
       <c r="V63">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W63">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X63">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Y63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z63">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB63">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>CAS</v>
       </c>
       <c r="B64" t="str">
         <v>T36</v>
       </c>
       <c r="C64">
         <v>36</v>
       </c>
       <c r="D64" t="str">
         <v>Danny Apodaca</v>
       </c>
       <c r="E64">
         <v>3</v>
       </c>
       <c r="F64">
         <v>57</v>
       </c>
       <c r="H64" t="str">
         <v>jr4200</v>
       </c>
       <c r="I64">