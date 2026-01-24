--- v0 (2025-11-08)
+++ v1 (2026-01-24)
@@ -3522,51 +3522,51 @@
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>CAS</v>
       </c>
       <c r="B37" t="str">
         <v>T13</v>
       </c>
       <c r="C37">
         <v>13</v>
       </c>
       <c r="D37" t="str">
         <v>LD</v>
       </c>
       <c r="E37">
         <v>-5</v>
       </c>
       <c r="F37">
         <v>49</v>
       </c>
       <c r="G37">
         <v>295932</v>
       </c>
       <c r="H37" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I37">
         <v>-5</v>
       </c>
       <c r="J37">
         <v>49</v>
       </c>
       <c r="K37">
         <v>3</v>
       </c>
       <c r="L37">
         <v>3</v>
       </c>
       <c r="M37">
         <v>3</v>
       </c>
       <c r="N37">
         <v>3</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">
         <v>3</v>
       </c>