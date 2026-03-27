--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -3003,203 +3003,206 @@
       </c>
       <c r="Y30">
         <v>2</v>
       </c>
       <c r="Z30">
         <v>2</v>
       </c>
       <c r="AA30">
         <v>3</v>
       </c>
       <c r="AB30">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>CAS</v>
       </c>
       <c r="B31" t="str">
         <v>T8</v>
       </c>
       <c r="C31">
         <v>8</v>
       </c>
       <c r="D31" t="str">
-        <v>Alex Davis</v>
+        <v>Shane Collins</v>
       </c>
       <c r="E31">
         <v>-9</v>
       </c>
       <c r="F31">
         <v>45</v>
       </c>
+      <c r="G31">
+        <v>324373</v>
+      </c>
       <c r="H31" t="str">
-        <v>shyzerbomb</v>
+        <v>splashcity</v>
       </c>
       <c r="I31">
         <v>-9</v>
       </c>
       <c r="J31">
         <v>45</v>
       </c>
       <c r="K31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L31">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N31">
         <v>2</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
         <v>3</v>
       </c>
       <c r="Q31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S31">
         <v>2</v>
       </c>
       <c r="T31">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U31">
         <v>2</v>
       </c>
       <c r="V31">
         <v>2</v>
       </c>
       <c r="W31">
         <v>3</v>
       </c>
       <c r="X31">
         <v>2</v>
       </c>
       <c r="Y31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB31">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>CAS</v>
       </c>
       <c r="B32" t="str">
         <v>T8</v>
       </c>
       <c r="C32">
         <v>8</v>
       </c>
       <c r="D32" t="str">
-        <v>Shane Collins</v>
+        <v>Alex Davis</v>
       </c>
       <c r="E32">
         <v>-9</v>
       </c>
       <c r="F32">
         <v>45</v>
       </c>
       <c r="H32" t="str">
-        <v>splashcity</v>
+        <v>shyzerbomb</v>
       </c>
       <c r="I32">
         <v>-9</v>
       </c>
       <c r="J32">
         <v>45</v>
       </c>
       <c r="K32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N32">
         <v>2</v>
       </c>
       <c r="O32">
         <v>3</v>
       </c>
       <c r="P32">
         <v>3</v>
       </c>
       <c r="Q32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S32">
         <v>2</v>
       </c>
       <c r="T32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U32">
         <v>2</v>
       </c>
       <c r="V32">
         <v>2</v>
       </c>
       <c r="W32">
         <v>3</v>
       </c>
       <c r="X32">
         <v>2</v>
       </c>
       <c r="Y32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB32">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>CAS</v>
       </c>
       <c r="B33" t="str">
         <v>T11</v>
       </c>
       <c r="C33">
         <v>11</v>
       </c>
       <c r="D33" t="str">
         <v>Sean P</v>
       </c>
       <c r="E33">
         <v>-7</v>
       </c>
       <c r="F33">
         <v>47</v>
       </c>
       <c r="G33">
         <v>214720</v>
       </c>
       <c r="H33" t="str">