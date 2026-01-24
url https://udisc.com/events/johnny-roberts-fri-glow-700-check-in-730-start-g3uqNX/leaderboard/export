--- v0 (2025-11-08)
+++ v1 (2026-01-24)
@@ -1571,51 +1571,51 @@
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MHT</v>
       </c>
       <c r="B14" t="str">
         <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>LD</v>
       </c>
       <c r="E14">
         <v>-7</v>
       </c>
       <c r="F14">
         <v>47</v>
       </c>
       <c r="G14">
         <v>295932</v>
       </c>
       <c r="H14" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I14">
         <v>-7</v>
       </c>
       <c r="J14">
         <v>47</v>
       </c>
       <c r="K14">
         <v>2</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>4</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>2</v>
       </c>
       <c r="P14">
         <v>2</v>
       </c>