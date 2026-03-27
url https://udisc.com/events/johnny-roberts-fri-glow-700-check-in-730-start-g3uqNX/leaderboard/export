--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -3776,50 +3776,53 @@
         <v>3</v>
       </c>
       <c r="AB39">
         <v>2</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>CAS</v>
       </c>
       <c r="B40" t="str">
         <v>T7</v>
       </c>
       <c r="C40">
         <v>7</v>
       </c>
       <c r="D40" t="str">
         <v>Shane Collins</v>
       </c>
       <c r="E40">
         <v>-6</v>
       </c>
       <c r="F40">
         <v>48</v>
       </c>
+      <c r="G40">
+        <v>324373</v>
+      </c>
       <c r="H40" t="str">
         <v>splashcity</v>
       </c>
       <c r="I40">
         <v>-6</v>
       </c>
       <c r="J40">
         <v>48</v>
       </c>
       <c r="K40">
         <v>3</v>
       </c>
       <c r="L40">
         <v>3</v>
       </c>
       <c r="M40">
         <v>3</v>
       </c>
       <c r="N40">
         <v>3</v>
       </c>
       <c r="O40">
         <v>2</v>
       </c>
       <c r="P40">