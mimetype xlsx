--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -1971,200 +1971,203 @@
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>CAS</v>
       </c>
       <c r="B19" t="str">
         <v>T2</v>
       </c>
       <c r="C19">
         <v>2</v>
       </c>
       <c r="D19" t="str">
-        <v>Jake Mielecki</v>
+        <v>Shane Collins</v>
       </c>
       <c r="E19">
         <v>-9</v>
       </c>
       <c r="F19">
         <v>45</v>
       </c>
+      <c r="G19">
+        <v>324373</v>
+      </c>
       <c r="H19" t="str">
-        <v>mieleckj</v>
+        <v>splashcity</v>
       </c>
       <c r="I19">
         <v>-9</v>
       </c>
       <c r="J19">
         <v>45</v>
       </c>
       <c r="K19">
         <v>2</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R19">
         <v>3</v>
       </c>
       <c r="S19">
         <v>2</v>
       </c>
       <c r="T19">
         <v>3</v>
       </c>
       <c r="U19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V19">
         <v>2</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
         <v>2</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
         <v>2</v>
       </c>
       <c r="AA19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB19">
         <v>2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>CAS</v>
       </c>
       <c r="B20" t="str">
         <v>T2</v>
       </c>
       <c r="C20">
         <v>2</v>
       </c>
       <c r="D20" t="str">
-        <v>Shane Collins</v>
+        <v>Jake Mielecki</v>
       </c>
       <c r="E20">
         <v>-9</v>
       </c>
       <c r="F20">
         <v>45</v>
       </c>
       <c r="H20" t="str">
-        <v>splashcity</v>
+        <v>mieleckj</v>
       </c>
       <c r="I20">
         <v>-9</v>
       </c>
       <c r="J20">
         <v>45</v>
       </c>
       <c r="K20">
         <v>2</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R20">
         <v>3</v>
       </c>
       <c r="S20">
         <v>2</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
       <c r="U20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V20">
         <v>2</v>
       </c>
       <c r="W20">
         <v>3</v>
       </c>
       <c r="X20">
         <v>2</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
         <v>2</v>
       </c>
       <c r="AA20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB20">
         <v>2</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>CAS</v>
       </c>
       <c r="B21" t="str">
         <v>5</v>
       </c>
       <c r="C21">
         <v>5</v>
       </c>
       <c r="D21" t="str">
         <v>Dalin Farren</v>
       </c>
       <c r="E21">
         <v>-7</v>
       </c>
       <c r="F21">
         <v>47</v>
       </c>
       <c r="G21">