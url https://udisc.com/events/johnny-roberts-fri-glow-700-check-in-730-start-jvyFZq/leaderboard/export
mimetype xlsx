--- v0 (2025-11-08)
+++ v1 (2026-01-24)
@@ -2084,51 +2084,51 @@
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MHT</v>
       </c>
       <c r="B20" t="str">
         <v>T17</v>
       </c>
       <c r="C20">
         <v>17</v>
       </c>
       <c r="D20" t="str">
         <v>LD</v>
       </c>
       <c r="E20">
         <v>-7</v>
       </c>
       <c r="F20">
         <v>47</v>
       </c>
       <c r="G20">
         <v>295932</v>
       </c>
       <c r="H20" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I20">
         <v>-7</v>
       </c>
       <c r="J20">
         <v>47</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>2</v>
       </c>
       <c r="M20">
         <v>2</v>
       </c>
       <c r="N20">
         <v>2</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>2</v>
       </c>
@@ -3610,50 +3610,53 @@
         <v>3</v>
       </c>
       <c r="AB37">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>MHT</v>
       </c>
       <c r="B38" t="str">
         <v>37</v>
       </c>
       <c r="C38">
         <v>37</v>
       </c>
       <c r="D38" t="str">
         <v>Elias Hernandez</v>
       </c>
       <c r="E38">
         <v>0</v>
       </c>
       <c r="F38">
         <v>54</v>
       </c>
+      <c r="G38">
+        <v>319065</v>
+      </c>
       <c r="H38" t="str">
         <v>eraerias</v>
       </c>
       <c r="I38">
         <v>0</v>
       </c>
       <c r="J38">
         <v>54</v>
       </c>
       <c r="K38">
         <v>3</v>
       </c>
       <c r="L38">
         <v>3</v>
       </c>
       <c r="M38">
         <v>3</v>
       </c>
       <c r="N38">
         <v>3</v>
       </c>
       <c r="O38">
         <v>3</v>
       </c>
       <c r="P38">
@@ -6466,51 +6469,51 @@
       </c>
       <c r="AB71">
         <v>3</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
         <v>CAS</v>
       </c>
       <c r="B72" t="str">
         <v>31</v>
       </c>
       <c r="C72">
         <v>31</v>
       </c>
       <c r="D72" t="str">
         <v>Nicholasdisc</v>
       </c>
       <c r="E72">
         <v>0</v>
       </c>
       <c r="F72">
         <v>54</v>
       </c>
       <c r="H72" t="str">
-        <v>nicholasdisc</v>
+        <v>puttmuffer</v>
       </c>
       <c r="I72">
         <v>0</v>
       </c>
       <c r="J72">
         <v>54</v>
       </c>
       <c r="K72">
         <v>2</v>
       </c>
       <c r="L72">
         <v>4</v>
       </c>
       <c r="M72">
         <v>3</v>
       </c>
       <c r="N72">
         <v>2</v>
       </c>
       <c r="O72">
         <v>4</v>
       </c>
       <c r="P72">
         <v>3</v>
       </c>