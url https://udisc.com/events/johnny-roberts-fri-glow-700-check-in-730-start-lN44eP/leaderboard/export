--- v0 (2025-11-08)
+++ v1 (2026-01-24)
@@ -2505,51 +2505,51 @@
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MHT</v>
       </c>
       <c r="B25" t="str">
         <v>T22</v>
       </c>
       <c r="C25">
         <v>22</v>
       </c>
       <c r="D25" t="str">
         <v>LD</v>
       </c>
       <c r="E25">
         <v>-8</v>
       </c>
       <c r="F25">
         <v>46</v>
       </c>
       <c r="G25">
         <v>295932</v>
       </c>
       <c r="H25" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I25">
         <v>-8</v>
       </c>
       <c r="J25">
         <v>46</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>2</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>