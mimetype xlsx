--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -5031,203 +5031,206 @@
       </c>
       <c r="Y54">
         <v>3</v>
       </c>
       <c r="Z54">
         <v>2</v>
       </c>
       <c r="AA54">
         <v>3</v>
       </c>
       <c r="AB54">
         <v>2</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>CAS</v>
       </c>
       <c r="B55" t="str">
         <v>T9</v>
       </c>
       <c r="C55">
         <v>9</v>
       </c>
       <c r="D55" t="str">
-        <v>Kris H.</v>
+        <v>Shane Collins</v>
       </c>
       <c r="E55">
         <v>-7</v>
       </c>
       <c r="F55">
         <v>47</v>
       </c>
+      <c r="G55">
+        <v>324373</v>
+      </c>
       <c r="H55" t="str">
-        <v>runthachains</v>
+        <v>splashcity</v>
       </c>
       <c r="I55">
         <v>-7</v>
       </c>
       <c r="J55">
         <v>47</v>
       </c>
       <c r="K55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L55">
         <v>3</v>
       </c>
       <c r="M55">
         <v>2</v>
       </c>
       <c r="N55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O55">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P55">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T55">
         <v>2</v>
       </c>
       <c r="U55">
         <v>3</v>
       </c>
       <c r="V55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X55">
         <v>2</v>
       </c>
       <c r="Y55">
         <v>3</v>
       </c>
       <c r="Z55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB55">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>CAS</v>
       </c>
       <c r="B56" t="str">
         <v>T9</v>
       </c>
       <c r="C56">
         <v>9</v>
       </c>
       <c r="D56" t="str">
-        <v>Shane Collins</v>
+        <v>Kris H.</v>
       </c>
       <c r="E56">
         <v>-7</v>
       </c>
       <c r="F56">
         <v>47</v>
       </c>
       <c r="H56" t="str">
-        <v>splashcity</v>
+        <v>runthachains</v>
       </c>
       <c r="I56">
         <v>-7</v>
       </c>
       <c r="J56">
         <v>47</v>
       </c>
       <c r="K56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L56">
         <v>3</v>
       </c>
       <c r="M56">
         <v>2</v>
       </c>
       <c r="N56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O56">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P56">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T56">
         <v>2</v>
       </c>
       <c r="U56">
         <v>3</v>
       </c>
       <c r="V56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X56">
         <v>2</v>
       </c>
       <c r="Y56">
         <v>3</v>
       </c>
       <c r="Z56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB56">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>CAS</v>
       </c>
       <c r="B57" t="str">
         <v>T9</v>
       </c>
       <c r="C57">
         <v>9</v>
       </c>
       <c r="D57" t="str">
         <v>Spensir Moss</v>
       </c>
       <c r="E57">
         <v>-7</v>
       </c>
       <c r="F57">
         <v>47</v>
       </c>
       <c r="H57" t="str">
         <v>spensir11</v>
       </c>
       <c r="I57">