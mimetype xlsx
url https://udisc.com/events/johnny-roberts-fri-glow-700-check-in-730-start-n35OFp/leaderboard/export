--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -4260,197 +4260,200 @@
       </c>
       <c r="Y45">
         <v>3</v>
       </c>
       <c r="Z45">
         <v>2</v>
       </c>
       <c r="AA45">
         <v>3</v>
       </c>
       <c r="AB45">
         <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>CAS</v>
       </c>
       <c r="B46" t="str">
         <v>T18</v>
       </c>
       <c r="C46">
         <v>18</v>
       </c>
       <c r="D46" t="str">
-        <v>Colten Kiesow</v>
+        <v>Shane Collins</v>
       </c>
       <c r="E46">
         <v>-6</v>
       </c>
       <c r="F46">
         <v>48</v>
       </c>
+      <c r="G46">
+        <v>324373</v>
+      </c>
       <c r="H46" t="str">
-        <v>ckiesow420</v>
+        <v>splashcity</v>
       </c>
       <c r="I46">
         <v>-6</v>
       </c>
       <c r="J46">
         <v>48</v>
       </c>
       <c r="K46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M46">
         <v>2</v>
       </c>
       <c r="N46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P46">
         <v>3</v>
       </c>
       <c r="Q46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R46">
         <v>3</v>
       </c>
       <c r="S46">
         <v>2</v>
       </c>
       <c r="T46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V46">
         <v>2</v>
       </c>
       <c r="W46">
         <v>4</v>
       </c>
       <c r="X46">
         <v>3</v>
       </c>
       <c r="Y46">
         <v>3</v>
       </c>
       <c r="Z46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA46">
         <v>3</v>
       </c>
       <c r="AB46">
         <v>2</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>CAS</v>
       </c>
       <c r="B47" t="str">
         <v>T18</v>
       </c>
       <c r="C47">
         <v>18</v>
       </c>
       <c r="D47" t="str">
-        <v>Shane Collins</v>
+        <v>Colten Kiesow</v>
       </c>
       <c r="E47">
         <v>-6</v>
       </c>
       <c r="F47">
         <v>48</v>
       </c>
       <c r="H47" t="str">
-        <v>splashcity</v>
+        <v>ckiesow420</v>
       </c>
       <c r="I47">
         <v>-6</v>
       </c>
       <c r="J47">
         <v>48</v>
       </c>
       <c r="K47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M47">
         <v>2</v>
       </c>
       <c r="N47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P47">
         <v>3</v>
       </c>
       <c r="Q47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R47">
         <v>3</v>
       </c>
       <c r="S47">
         <v>2</v>
       </c>
       <c r="T47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V47">
         <v>2</v>
       </c>
       <c r="W47">
         <v>4</v>
       </c>
       <c r="X47">
         <v>3</v>
       </c>
       <c r="Y47">
         <v>3</v>
       </c>
       <c r="Z47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA47">
         <v>3</v>
       </c>
       <c r="AB47">
         <v>2</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>CAS</v>
       </c>
       <c r="B48" t="str">
         <v>T18</v>
       </c>
       <c r="C48">
         <v>18</v>
       </c>
       <c r="D48" t="str">
         <v>Shawn lutz</v>
       </c>
       <c r="E48">
         <v>-6</v>
       </c>
       <c r="F48">