--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -2745,286 +2745,289 @@
       </c>
       <c r="Y27">
         <v>3</v>
       </c>
       <c r="Z27">
         <v>3</v>
       </c>
       <c r="AA27">
         <v>3</v>
       </c>
       <c r="AB27">
         <v>2</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MHT</v>
       </c>
       <c r="B28" t="str">
         <v>T26</v>
       </c>
       <c r="C28">
         <v>26</v>
       </c>
       <c r="D28" t="str">
-        <v>AJ Brown</v>
+        <v>Duke McCaslin</v>
       </c>
       <c r="E28">
         <v>-5</v>
       </c>
       <c r="F28">
         <v>49</v>
       </c>
+      <c r="G28">
+        <v>322667</v>
+      </c>
       <c r="H28" t="str">
-        <v>anthonym11</v>
+        <v>breezydiscs</v>
       </c>
       <c r="I28">
         <v>-5</v>
       </c>
       <c r="J28">
         <v>49</v>
       </c>
       <c r="K28">
         <v>2</v>
       </c>
       <c r="L28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T28">
         <v>3</v>
       </c>
       <c r="U28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W28">
         <v>3</v>
       </c>
       <c r="X28">
         <v>3</v>
       </c>
       <c r="Y28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z28">
         <v>3</v>
       </c>
       <c r="AA28">
         <v>3</v>
       </c>
       <c r="AB28">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MHT</v>
       </c>
       <c r="B29" t="str">
         <v>T26</v>
       </c>
       <c r="C29">
         <v>26</v>
       </c>
       <c r="D29" t="str">
-        <v>Austin Moore</v>
+        <v>AJ Brown</v>
       </c>
       <c r="E29">
         <v>-5</v>
       </c>
       <c r="F29">
         <v>49</v>
       </c>
       <c r="H29" t="str">
-        <v>austin5407</v>
+        <v>anthonym11</v>
       </c>
       <c r="I29">
         <v>-5</v>
       </c>
       <c r="J29">
         <v>49</v>
       </c>
       <c r="K29">
         <v>2</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q29">
         <v>2</v>
       </c>
       <c r="R29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U29">
         <v>2</v>
       </c>
       <c r="V29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W29">
         <v>3</v>
       </c>
       <c r="X29">
         <v>3</v>
       </c>
       <c r="Y29">
         <v>2</v>
       </c>
       <c r="Z29">
         <v>3</v>
       </c>
       <c r="AA29">
         <v>3</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MHT</v>
       </c>
       <c r="B30" t="str">
         <v>T26</v>
       </c>
       <c r="C30">
         <v>26</v>
       </c>
       <c r="D30" t="str">
-        <v>Duke McCaslin</v>
+        <v>Austin Moore</v>
       </c>
       <c r="E30">
         <v>-5</v>
       </c>
       <c r="F30">
         <v>49</v>
       </c>
       <c r="H30" t="str">
-        <v>breezydiscs</v>
+        <v>austin5407</v>
       </c>
       <c r="I30">
         <v>-5</v>
       </c>
       <c r="J30">
         <v>49</v>
       </c>
       <c r="K30">
         <v>2</v>
       </c>
       <c r="L30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
         <v>3</v>
       </c>
       <c r="Q30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R30">
         <v>3</v>
       </c>
       <c r="S30">
         <v>3</v>
       </c>
       <c r="T30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V30">
         <v>2</v>
       </c>
       <c r="W30">
         <v>3</v>
       </c>
       <c r="X30">
         <v>3</v>
       </c>
       <c r="Y30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z30">
         <v>3</v>
       </c>
       <c r="AA30">
         <v>3</v>
       </c>
       <c r="AB30">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MHT</v>
       </c>
       <c r="B31" t="str">
         <v>T30</v>
       </c>
       <c r="C31">
         <v>30</v>
       </c>
       <c r="D31" t="str">
         <v>Burly Burlison</v>
       </c>
       <c r="E31">
         <v>-4</v>
       </c>
       <c r="F31">
         <v>50</v>
       </c>
       <c r="G31">
         <v>172345</v>
       </c>
       <c r="H31" t="str">
@@ -5265,283 +5268,286 @@
       </c>
       <c r="Y57">
         <v>3</v>
       </c>
       <c r="Z57">
         <v>2</v>
       </c>
       <c r="AA57">
         <v>3</v>
       </c>
       <c r="AB57">
         <v>3</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
         <v>CAS</v>
       </c>
       <c r="B58" t="str">
         <v>T13</v>
       </c>
       <c r="C58">
         <v>13</v>
       </c>
       <c r="D58" t="str">
-        <v>Ben Polzin</v>
+        <v>Shane Collins</v>
       </c>
       <c r="E58">
         <v>-9</v>
       </c>
       <c r="F58">
         <v>45</v>
       </c>
+      <c r="G58">
+        <v>324373</v>
+      </c>
       <c r="H58" t="str">
-        <v>bpolz295</v>
+        <v>splashcity</v>
       </c>
       <c r="I58">
         <v>-9</v>
       </c>
       <c r="J58">
         <v>45</v>
       </c>
       <c r="K58">
         <v>2</v>
       </c>
       <c r="L58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N58">
         <v>3</v>
       </c>
       <c r="O58">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q58">
         <v>2</v>
       </c>
       <c r="R58">
         <v>3</v>
       </c>
       <c r="S58">
         <v>2</v>
       </c>
       <c r="T58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U58">
         <v>2</v>
       </c>
       <c r="V58">
         <v>2</v>
       </c>
       <c r="W58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB58">
         <v>3</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>CAS</v>
       </c>
       <c r="B59" t="str">
         <v>T13</v>
       </c>
       <c r="C59">
         <v>13</v>
       </c>
       <c r="D59" t="str">
-        <v>Ian mcneil</v>
+        <v>Ben Polzin</v>
       </c>
       <c r="E59">
         <v>-9</v>
       </c>
       <c r="F59">
         <v>45</v>
       </c>
       <c r="H59" t="str">
-        <v>ianmac87</v>
+        <v>bpolz295</v>
       </c>
       <c r="I59">
         <v>-9</v>
       </c>
       <c r="J59">
         <v>45</v>
       </c>
       <c r="K59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L59">
         <v>3</v>
       </c>
       <c r="M59">
         <v>2</v>
       </c>
       <c r="N59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O59">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S59">
         <v>2</v>
       </c>
       <c r="T59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V59">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="W59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y59">
         <v>2</v>
       </c>
       <c r="Z59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA59">
         <v>3</v>
       </c>
       <c r="AB59">
         <v>3</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
         <v>CAS</v>
       </c>
       <c r="B60" t="str">
         <v>T13</v>
       </c>
       <c r="C60">
         <v>13</v>
       </c>
       <c r="D60" t="str">
-        <v>Shane Collins</v>
+        <v>Ian mcneil</v>
       </c>
       <c r="E60">
         <v>-9</v>
       </c>
       <c r="F60">
         <v>45</v>
       </c>
       <c r="H60" t="str">
-        <v>splashcity</v>
+        <v>ianmac87</v>
       </c>
       <c r="I60">
         <v>-9</v>
       </c>
       <c r="J60">
         <v>45</v>
       </c>
       <c r="K60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O60">
         <v>3</v>
       </c>
       <c r="P60">
         <v>3</v>
       </c>
       <c r="Q60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S60">
         <v>2</v>
       </c>
       <c r="T60">
         <v>2</v>
       </c>
       <c r="U60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V60">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="W60">
         <v>2</v>
       </c>
       <c r="X60">
         <v>3</v>
       </c>
       <c r="Y60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z60">
         <v>3</v>
       </c>
       <c r="AA60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB60">
         <v>3</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>CAS</v>
       </c>
       <c r="B61" t="str">
         <v>18</v>
       </c>
       <c r="C61">
         <v>18</v>
       </c>
       <c r="D61" t="str">
         <v>Ben Morris</v>
       </c>
       <c r="E61">
         <v>-8</v>
       </c>
       <c r="F61">
         <v>46</v>
       </c>
       <c r="H61" t="str">
@@ -9300,51 +9306,51 @@
       </c>
       <c r="AB105">
         <v>3</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="str">
         <v>CAS</v>
       </c>
       <c r="B106" t="str">
         <v>63</v>
       </c>
       <c r="C106">
         <v>63</v>
       </c>
       <c r="D106" t="str">
         <v>Michael Fitterer</v>
       </c>
       <c r="E106">
         <v>6</v>
       </c>
       <c r="F106">
         <v>60</v>
       </c>
       <c r="H106" t="str">
-        <v>mfitt00</v>
+        <v>mikeybigputts</v>
       </c>
       <c r="I106">
         <v>6</v>
       </c>
       <c r="J106">
         <v>60</v>
       </c>
       <c r="K106">
         <v>3</v>
       </c>
       <c r="L106">
         <v>3</v>
       </c>
       <c r="M106">
         <v>3</v>
       </c>
       <c r="N106">
         <v>4</v>
       </c>
       <c r="O106">
         <v>3</v>
       </c>
       <c r="P106">
         <v>4</v>
       </c>