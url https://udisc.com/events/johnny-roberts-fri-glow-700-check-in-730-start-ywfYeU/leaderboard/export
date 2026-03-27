--- v0 (2026-01-24)
+++ v1 (2026-03-27)
@@ -1903,280 +1903,283 @@
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MHT</v>
       </c>
       <c r="B18" t="str">
         <v>T17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
-        <v>Ben Giddings</v>
+        <v>Duke McCaslin</v>
       </c>
       <c r="E18">
         <v>-7</v>
       </c>
       <c r="F18">
         <v>47</v>
       </c>
+      <c r="G18">
+        <v>322667</v>
+      </c>
       <c r="H18" t="str">
-        <v>bendiscgidd129</v>
+        <v>breezydiscs</v>
       </c>
       <c r="I18">
         <v>-7</v>
       </c>
       <c r="J18">
         <v>47</v>
       </c>
       <c r="K18">
         <v>2</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T18">
         <v>3</v>
       </c>
       <c r="U18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V18">
         <v>2</v>
       </c>
       <c r="W18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MHT</v>
       </c>
       <c r="B19" t="str">
         <v>T17</v>
       </c>
       <c r="C19">
         <v>17</v>
       </c>
       <c r="D19" t="str">
-        <v>Daniel Peacock</v>
+        <v>Ben Giddings</v>
       </c>
       <c r="E19">
         <v>-7</v>
       </c>
       <c r="F19">
         <v>47</v>
       </c>
       <c r="H19" t="str">
-        <v>beardedtexan</v>
+        <v>bendiscgidd129</v>
       </c>
       <c r="I19">
         <v>-7</v>
       </c>
       <c r="J19">
         <v>47</v>
       </c>
       <c r="K19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>2</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
         <v>2</v>
       </c>
       <c r="S19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T19">
         <v>3</v>
       </c>
       <c r="U19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V19">
         <v>2</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
         <v>2</v>
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
         <v>2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MHT</v>
       </c>
       <c r="B20" t="str">
         <v>T17</v>
       </c>
       <c r="C20">
         <v>17</v>
       </c>
       <c r="D20" t="str">
-        <v>Duke McCaslin</v>
+        <v>Daniel Peacock</v>
       </c>
       <c r="E20">
         <v>-7</v>
       </c>
       <c r="F20">
         <v>47</v>
       </c>
       <c r="H20" t="str">
-        <v>breezydiscs</v>
+        <v>beardedtexan</v>
       </c>
       <c r="I20">
         <v>-7</v>
       </c>
       <c r="J20">
         <v>47</v>
       </c>
       <c r="K20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S20">
         <v>2</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
       <c r="U20">
         <v>3</v>
       </c>
       <c r="V20">
         <v>2</v>
       </c>
       <c r="W20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X20">
         <v>2</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA20">
         <v>3</v>
       </c>
       <c r="AB20">
         <v>2</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MHT</v>
       </c>
       <c r="B21" t="str">
         <v>T17</v>
       </c>
       <c r="C21">
         <v>17</v>
       </c>
       <c r="D21" t="str">
         <v>Jordan keeter</v>
       </c>
       <c r="E21">
         <v>-7</v>
       </c>
       <c r="F21">