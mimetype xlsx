--- v0 (2025-11-08)
+++ v1 (2026-01-24)
@@ -2170,51 +2170,51 @@
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MHT</v>
       </c>
       <c r="B21" t="str">
         <v>T18</v>
       </c>
       <c r="C21">
         <v>18</v>
       </c>
       <c r="D21" t="str">
         <v>LD</v>
       </c>
       <c r="E21">
         <v>-6</v>
       </c>
       <c r="F21">
         <v>48</v>
       </c>
       <c r="G21">
         <v>295932</v>
       </c>
       <c r="H21" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I21">
         <v>-6</v>
       </c>
       <c r="J21">
         <v>48</v>
       </c>
       <c r="K21">
         <v>4</v>
       </c>
       <c r="L21">
         <v>2</v>
       </c>
       <c r="M21">
         <v>2</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>2</v>
       </c>