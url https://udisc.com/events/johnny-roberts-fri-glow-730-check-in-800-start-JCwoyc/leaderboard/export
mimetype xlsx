--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -3684,50 +3684,53 @@
         <v>3</v>
       </c>
       <c r="AB38">
         <v>2</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>CAS</v>
       </c>
       <c r="B39" t="str">
         <v>T6</v>
       </c>
       <c r="C39">
         <v>6</v>
       </c>
       <c r="D39" t="str">
         <v>Shane Collins</v>
       </c>
       <c r="E39">
         <v>-10</v>
       </c>
       <c r="F39">
         <v>44</v>
       </c>
+      <c r="G39">
+        <v>324373</v>
+      </c>
       <c r="H39" t="str">
         <v>splashcity</v>
       </c>
       <c r="I39">
         <v>-10</v>
       </c>
       <c r="J39">
         <v>44</v>
       </c>
       <c r="K39">
         <v>2</v>
       </c>
       <c r="L39">
         <v>3</v>
       </c>
       <c r="M39">
         <v>2</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
         <v>2</v>
       </c>
       <c r="P39">