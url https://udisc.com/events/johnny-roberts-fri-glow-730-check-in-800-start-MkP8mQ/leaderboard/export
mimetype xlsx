--- v0 (2025-11-08)
+++ v1 (2026-03-27)
@@ -3071,203 +3071,206 @@
       </c>
       <c r="Y31">
         <v>2</v>
       </c>
       <c r="Z31">
         <v>2</v>
       </c>
       <c r="AA31">
         <v>3</v>
       </c>
       <c r="AB31">
         <v>2</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MHT</v>
       </c>
       <c r="B32" t="str">
         <v>T29</v>
       </c>
       <c r="C32">
         <v>29</v>
       </c>
       <c r="D32" t="str">
-        <v>Cory Eazy $</v>
+        <v>Duke McCaslin</v>
       </c>
       <c r="E32">
         <v>-5</v>
       </c>
       <c r="F32">
         <v>49</v>
       </c>
+      <c r="G32">
+        <v>322667</v>
+      </c>
       <c r="H32" t="str">
-        <v>ilikebigputtz</v>
+        <v>breezydiscs</v>
       </c>
       <c r="I32">
         <v>-5</v>
       </c>
       <c r="J32">
         <v>49</v>
       </c>
       <c r="K32">
         <v>3</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N32">
         <v>2</v>
       </c>
       <c r="O32">
         <v>3</v>
       </c>
       <c r="P32">
         <v>3</v>
       </c>
       <c r="Q32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U32">
         <v>3</v>
       </c>
       <c r="V32">
         <v>2</v>
       </c>
       <c r="W32">
         <v>3</v>
       </c>
       <c r="X32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y32">
         <v>3</v>
       </c>
       <c r="Z32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA32">
         <v>3</v>
       </c>
       <c r="AB32">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MHT</v>
       </c>
       <c r="B33" t="str">
         <v>T29</v>
       </c>
       <c r="C33">
         <v>29</v>
       </c>
       <c r="D33" t="str">
-        <v>Duke McCaslin</v>
+        <v>Cory Eazy $</v>
       </c>
       <c r="E33">
         <v>-5</v>
       </c>
       <c r="F33">
         <v>49</v>
       </c>
       <c r="H33" t="str">
-        <v>breezydiscs</v>
+        <v>ilikebigputtz</v>
       </c>
       <c r="I33">
         <v>-5</v>
       </c>
       <c r="J33">
         <v>49</v>
       </c>
       <c r="K33">
         <v>3</v>
       </c>
       <c r="L33">
         <v>3</v>
       </c>
       <c r="M33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N33">
         <v>2</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">
         <v>3</v>
       </c>
       <c r="Q33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U33">
         <v>3</v>
       </c>
       <c r="V33">
         <v>2</v>
       </c>
       <c r="W33">
         <v>3</v>
       </c>
       <c r="X33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y33">
         <v>3</v>
       </c>
       <c r="Z33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA33">
         <v>3</v>
       </c>
       <c r="AB33">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>MHT</v>
       </c>
       <c r="B34" t="str">
         <v>T29</v>
       </c>
       <c r="C34">
         <v>29</v>
       </c>
       <c r="D34" t="str">
         <v>John lewthwaite</v>
       </c>
       <c r="E34">
         <v>-5</v>
       </c>
       <c r="F34">
         <v>49</v>
       </c>
       <c r="H34" t="str">
         <v>johnnylewth</v>
       </c>
       <c r="I34">
@@ -4118,50 +4121,53 @@
       <c r="AA44">
         <v>3</v>
       </c>
       <c r="AB44">
         <v>3</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>CAS</v>
       </c>
       <c r="B45" t="str">
         <v>1</v>
       </c>
       <c r="C45">
         <v>1</v>
       </c>
       <c r="D45" t="str">
         <v>Shane Collins</v>
       </c>
       <c r="E45">
         <v>-13</v>
       </c>
       <c r="F45">
         <v>41</v>
+      </c>
+      <c r="G45">
+        <v>324373</v>
       </c>
       <c r="H45" t="str">
         <v>splashcity</v>
       </c>
       <c r="I45">
         <v>-13</v>
       </c>
       <c r="J45">
         <v>41</v>
       </c>
       <c r="K45">
         <v>2</v>
       </c>
       <c r="L45">
         <v>3</v>
       </c>
       <c r="M45">
         <v>3</v>
       </c>
       <c r="N45">
         <v>2</v>
       </c>
       <c r="O45">
         <v>3</v>
       </c>