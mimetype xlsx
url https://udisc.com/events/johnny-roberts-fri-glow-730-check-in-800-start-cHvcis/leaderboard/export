--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -3328,50 +3328,53 @@
         <v>3</v>
       </c>
       <c r="AB34">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>CAS</v>
       </c>
       <c r="B35" t="str">
         <v>T2</v>
       </c>
       <c r="C35">
         <v>2</v>
       </c>
       <c r="D35" t="str">
         <v>Shane Collins</v>
       </c>
       <c r="E35">
         <v>-12</v>
       </c>
       <c r="F35">
         <v>42</v>
       </c>
+      <c r="G35">
+        <v>324373</v>
+      </c>
       <c r="H35" t="str">
         <v>splashcity</v>
       </c>
       <c r="I35">
         <v>-12</v>
       </c>
       <c r="J35">
         <v>42</v>
       </c>
       <c r="K35">
         <v>2</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>
       <c r="M35">
         <v>2</v>
       </c>
       <c r="N35">
         <v>3</v>
       </c>
       <c r="O35">
         <v>3</v>
       </c>
       <c r="P35">