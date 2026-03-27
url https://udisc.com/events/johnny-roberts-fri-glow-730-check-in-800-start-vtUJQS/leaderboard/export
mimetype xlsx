--- v0 (2025-11-08)
+++ v1 (2026-03-27)
@@ -2074,50 +2074,53 @@
         <v>3</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MHT</v>
       </c>
       <c r="B20" t="str">
         <v>T18</v>
       </c>
       <c r="C20">
         <v>18</v>
       </c>
       <c r="D20" t="str">
         <v>Duke McCaslin</v>
       </c>
       <c r="E20">
         <v>-8</v>
       </c>
       <c r="F20">
         <v>46</v>
       </c>
+      <c r="G20">
+        <v>322667</v>
+      </c>
       <c r="H20" t="str">
         <v>breezydiscs</v>
       </c>
       <c r="I20">
         <v>-8</v>
       </c>
       <c r="J20">
         <v>46</v>
       </c>
       <c r="K20">
         <v>2</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>2</v>
       </c>
       <c r="N20">
         <v>2</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
@@ -3832,50 +3835,53 @@
         <v>2</v>
       </c>
       <c r="AB40">
         <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>CAS</v>
       </c>
       <c r="B41" t="str">
         <v>9</v>
       </c>
       <c r="C41">
         <v>9</v>
       </c>
       <c r="D41" t="str">
         <v>Shane Collins</v>
       </c>
       <c r="E41">
         <v>-9</v>
       </c>
       <c r="F41">
         <v>45</v>
       </c>
+      <c r="G41">
+        <v>324373</v>
+      </c>
       <c r="H41" t="str">
         <v>splashcity</v>
       </c>
       <c r="I41">
         <v>-9</v>
       </c>
       <c r="J41">
         <v>45</v>
       </c>
       <c r="K41">
         <v>2</v>
       </c>
       <c r="L41">
         <v>3</v>
       </c>
       <c r="M41">
         <v>3</v>
       </c>
       <c r="N41">
         <v>2</v>
       </c>
       <c r="O41">
         <v>3</v>
       </c>
       <c r="P41">
@@ -6110,51 +6116,51 @@
       </c>
       <c r="AB67">
         <v>3</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>CAS</v>
       </c>
       <c r="B68" t="str">
         <v>T35</v>
       </c>
       <c r="C68">
         <v>35</v>
       </c>
       <c r="D68" t="str">
         <v>Michael Fitterer</v>
       </c>
       <c r="E68">
         <v>-1</v>
       </c>
       <c r="F68">
         <v>53</v>
       </c>
       <c r="H68" t="str">
-        <v>mfitt00</v>
+        <v>mikeybigputts</v>
       </c>
       <c r="I68">
         <v>-1</v>
       </c>
       <c r="J68">
         <v>53</v>
       </c>
       <c r="K68">
         <v>2</v>
       </c>
       <c r="L68">
         <v>3</v>
       </c>
       <c r="M68">
         <v>2</v>
       </c>
       <c r="N68">
         <v>3</v>
       </c>
       <c r="O68">
         <v>4</v>
       </c>
       <c r="P68">
         <v>3</v>
       </c>