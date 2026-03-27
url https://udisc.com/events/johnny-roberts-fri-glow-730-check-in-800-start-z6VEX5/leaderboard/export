--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -894,50 +894,53 @@
         <v>2</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MHT</v>
       </c>
       <c r="B6" t="str">
         <v>T3</v>
       </c>
       <c r="C6">
         <v>3</v>
       </c>
       <c r="D6" t="str">
         <v>Duke McCaslin</v>
       </c>
       <c r="E6">
         <v>-12</v>
       </c>
       <c r="F6">
         <v>42</v>
       </c>
+      <c r="G6">
+        <v>322667</v>
+      </c>
       <c r="H6" t="str">
         <v>breezydiscs</v>
       </c>
       <c r="I6">
         <v>-12</v>
       </c>
       <c r="J6">
         <v>42</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
@@ -3409,197 +3412,200 @@
       </c>
       <c r="Y35">
         <v>2</v>
       </c>
       <c r="Z35">
         <v>2</v>
       </c>
       <c r="AA35">
         <v>3</v>
       </c>
       <c r="AB35">
         <v>2</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>CAS</v>
       </c>
       <c r="B36" t="str">
         <v>T5</v>
       </c>
       <c r="C36">
         <v>5</v>
       </c>
       <c r="D36" t="str">
-        <v>Hober Bruleigh</v>
+        <v>Shane Collins</v>
       </c>
       <c r="E36">
         <v>-10</v>
       </c>
       <c r="F36">
         <v>44</v>
       </c>
+      <c r="G36">
+        <v>324373</v>
+      </c>
       <c r="H36" t="str">
-        <v>digitloc</v>
+        <v>splashcity</v>
       </c>
       <c r="I36">
         <v>-10</v>
       </c>
       <c r="J36">
         <v>44</v>
       </c>
       <c r="K36">
         <v>2</v>
       </c>
       <c r="L36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M36">
         <v>3</v>
       </c>
       <c r="N36">
         <v>2</v>
       </c>
       <c r="O36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q36">
         <v>3</v>
       </c>
       <c r="R36">
         <v>2</v>
       </c>
       <c r="S36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U36">
         <v>2</v>
       </c>
       <c r="V36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W36">
         <v>3</v>
       </c>
       <c r="X36">
         <v>2</v>
       </c>
       <c r="Y36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA36">
         <v>2</v>
       </c>
       <c r="AB36">
         <v>2</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>CAS</v>
       </c>
       <c r="B37" t="str">
         <v>T5</v>
       </c>
       <c r="C37">
         <v>5</v>
       </c>
       <c r="D37" t="str">
-        <v>Shane Collins</v>
+        <v>Hober Bruleigh</v>
       </c>
       <c r="E37">
         <v>-10</v>
       </c>
       <c r="F37">
         <v>44</v>
       </c>
       <c r="H37" t="str">
-        <v>splashcity</v>
+        <v>digitloc</v>
       </c>
       <c r="I37">
         <v>-10</v>
       </c>
       <c r="J37">
         <v>44</v>
       </c>
       <c r="K37">
         <v>2</v>
       </c>
       <c r="L37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M37">
         <v>3</v>
       </c>
       <c r="N37">
         <v>2</v>
       </c>
       <c r="O37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q37">
         <v>3</v>
       </c>
       <c r="R37">
         <v>2</v>
       </c>
       <c r="S37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U37">
         <v>2</v>
       </c>
       <c r="V37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W37">
         <v>3</v>
       </c>
       <c r="X37">
         <v>2</v>
       </c>
       <c r="Y37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA37">
         <v>2</v>
       </c>
       <c r="AB37">
         <v>2</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>CAS</v>
       </c>
       <c r="B38" t="str">
         <v>T7</v>
       </c>
       <c r="C38">
         <v>7</v>
       </c>
       <c r="D38" t="str">
         <v>Tony Grzegorzewski</v>
       </c>
       <c r="E38">
         <v>-9</v>
       </c>
       <c r="F38">