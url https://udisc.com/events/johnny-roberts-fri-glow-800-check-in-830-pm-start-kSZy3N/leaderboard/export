--- v0 (2025-11-08)
+++ v1 (2026-01-24)
@@ -1067,51 +1067,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MHT</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
         <v>LD</v>
       </c>
       <c r="E8">
         <v>-9</v>
       </c>
       <c r="F8">
         <v>45</v>
       </c>
       <c r="G8">
         <v>295932</v>
       </c>
       <c r="H8" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I8">
         <v>-9</v>
       </c>
       <c r="J8">
         <v>45</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>