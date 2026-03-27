--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -2928,50 +2928,53 @@
         <v>3</v>
       </c>
       <c r="AB29">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MHT</v>
       </c>
       <c r="B30" t="str">
         <v>T29</v>
       </c>
       <c r="C30">
         <v>29</v>
       </c>
       <c r="D30" t="str">
         <v>Brian Branham</v>
       </c>
       <c r="E30">
         <v>-1</v>
       </c>
       <c r="F30">
         <v>53</v>
       </c>
+      <c r="G30">
+        <v>322667</v>
+      </c>
       <c r="H30" t="str">
         <v>breezydiscs</v>
       </c>
       <c r="I30">
         <v>-1</v>
       </c>
       <c r="J30">
         <v>53</v>
       </c>
       <c r="K30">
         <v>2</v>
       </c>
       <c r="L30">
         <v>4</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
@@ -4017,286 +4020,289 @@
       </c>
       <c r="Y42">
         <v>3</v>
       </c>
       <c r="Z42">
         <v>2</v>
       </c>
       <c r="AA42">
         <v>2</v>
       </c>
       <c r="AB42">
         <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>CAS</v>
       </c>
       <c r="B43" t="str">
         <v>T10</v>
       </c>
       <c r="C43">
         <v>10</v>
       </c>
       <c r="D43" t="str">
-        <v>Dennis R. Leach</v>
+        <v>Shane Collins</v>
       </c>
       <c r="E43">
         <v>-6</v>
       </c>
       <c r="F43">
         <v>48</v>
       </c>
+      <c r="G43">
+        <v>324373</v>
+      </c>
       <c r="H43" t="str">
-        <v>dennydoughball</v>
+        <v>splashcity</v>
       </c>
       <c r="I43">
         <v>-6</v>
       </c>
       <c r="J43">
         <v>48</v>
       </c>
       <c r="K43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R43">
         <v>3</v>
       </c>
       <c r="S43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T43">
         <v>3</v>
       </c>
       <c r="U43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V43">
         <v>2</v>
       </c>
       <c r="W43">
         <v>2</v>
       </c>
       <c r="X43">
         <v>3</v>
       </c>
       <c r="Y43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z43">
         <v>2</v>
       </c>
       <c r="AA43">
         <v>2</v>
       </c>
       <c r="AB43">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>CAS</v>
       </c>
       <c r="B44" t="str">
         <v>T10</v>
       </c>
       <c r="C44">
         <v>10</v>
       </c>
       <c r="D44" t="str">
-        <v>Jon Schifferle</v>
+        <v>Dennis R. Leach</v>
       </c>
       <c r="E44">
         <v>-6</v>
       </c>
       <c r="F44">
         <v>48</v>
       </c>
       <c r="H44" t="str">
-        <v>jschifferle</v>
+        <v>dennydoughball</v>
       </c>
       <c r="I44">
         <v>-6</v>
       </c>
       <c r="J44">
         <v>48</v>
       </c>
       <c r="K44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M44">
         <v>3</v>
       </c>
       <c r="N44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O44">
         <v>3</v>
       </c>
       <c r="P44">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R44">
         <v>3</v>
       </c>
       <c r="S44">
         <v>3</v>
       </c>
       <c r="T44">
         <v>3</v>
       </c>
       <c r="U44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W44">
         <v>2</v>
       </c>
       <c r="X44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y44">
         <v>3</v>
       </c>
       <c r="Z44">
         <v>2</v>
       </c>
       <c r="AA44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB44">
         <v>2</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>CAS</v>
       </c>
       <c r="B45" t="str">
         <v>T10</v>
       </c>
       <c r="C45">
         <v>10</v>
       </c>
       <c r="D45" t="str">
-        <v>Shane Collins</v>
+        <v>Jon Schifferle</v>
       </c>
       <c r="E45">
         <v>-6</v>
       </c>
       <c r="F45">
         <v>48</v>
       </c>
       <c r="H45" t="str">
-        <v>splashcity</v>
+        <v>jschifferle</v>
       </c>
       <c r="I45">
         <v>-6</v>
       </c>
       <c r="J45">
         <v>48</v>
       </c>
       <c r="K45">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L45">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N45">
         <v>3</v>
       </c>
       <c r="O45">
         <v>3</v>
       </c>
       <c r="P45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q45">
         <v>3</v>
       </c>
       <c r="R45">
         <v>3</v>
       </c>
       <c r="S45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T45">
         <v>3</v>
       </c>
       <c r="U45">
         <v>2</v>
       </c>
       <c r="V45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W45">
         <v>2</v>
       </c>
       <c r="X45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z45">
         <v>2</v>
       </c>
       <c r="AA45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB45">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>CAS</v>
       </c>
       <c r="B46" t="str">
         <v>T14</v>
       </c>
       <c r="C46">
         <v>14</v>
       </c>
       <c r="D46" t="str">
         <v>Sean P</v>
       </c>
       <c r="E46">
         <v>-5</v>
       </c>
       <c r="F46">
         <v>49</v>
       </c>
       <c r="G46">
         <v>214720</v>
       </c>
       <c r="H46" t="str">