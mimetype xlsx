--- v0 (2025-11-08)
+++ v1 (2026-01-24)
@@ -7536,283 +7536,286 @@
       </c>
       <c r="Y84">
         <v>4</v>
       </c>
       <c r="Z84">
         <v>3</v>
       </c>
       <c r="AA84">
         <v>2</v>
       </c>
       <c r="AB84">
         <v>2</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="str">
         <v>CAS</v>
       </c>
       <c r="B85" t="str">
         <v>T39</v>
       </c>
       <c r="C85">
         <v>39</v>
       </c>
       <c r="D85" t="str">
-        <v>Branden small</v>
+        <v>Philip Ogren</v>
       </c>
       <c r="E85">
         <v>2</v>
       </c>
       <c r="F85">
         <v>56</v>
       </c>
+      <c r="G85">
+        <v>318882</v>
+      </c>
       <c r="H85" t="str">
-        <v>brandensmalls</v>
+        <v>pogren</v>
       </c>
       <c r="I85">
         <v>2</v>
       </c>
       <c r="J85">
         <v>56</v>
       </c>
       <c r="K85">
         <v>3</v>
       </c>
       <c r="L85">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M85">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N85">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O85">
         <v>4</v>
       </c>
       <c r="P85">
         <v>3</v>
       </c>
       <c r="Q85">
         <v>3</v>
       </c>
       <c r="R85">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S85">
         <v>3</v>
       </c>
       <c r="T85">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U85">
         <v>3</v>
       </c>
       <c r="V85">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W85">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X85">
         <v>3</v>
       </c>
       <c r="Y85">
         <v>3</v>
       </c>
       <c r="Z85">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA85">
         <v>3</v>
       </c>
       <c r="AB85">
         <v>3</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="str">
         <v>CAS</v>
       </c>
       <c r="B86" t="str">
         <v>T39</v>
       </c>
       <c r="C86">
         <v>39</v>
       </c>
       <c r="D86" t="str">
-        <v>Carlos Santistevan Jr</v>
+        <v>Branden small</v>
       </c>
       <c r="E86">
         <v>2</v>
       </c>
       <c r="F86">
         <v>56</v>
       </c>
       <c r="H86" t="str">
-        <v>clevercar</v>
+        <v>brandensmalls</v>
       </c>
       <c r="I86">
         <v>2</v>
       </c>
       <c r="J86">
         <v>56</v>
       </c>
       <c r="K86">
         <v>3</v>
       </c>
       <c r="L86">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M86">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N86">
         <v>2</v>
       </c>
       <c r="O86">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P86">
         <v>3</v>
       </c>
       <c r="Q86">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R86">
         <v>3</v>
       </c>
       <c r="S86">
         <v>3</v>
       </c>
       <c r="T86">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U86">
         <v>3</v>
       </c>
       <c r="V86">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W86">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X86">
         <v>3</v>
       </c>
       <c r="Y86">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z86">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA86">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB86">
         <v>3</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="str">
         <v>CAS</v>
       </c>
       <c r="B87" t="str">
         <v>T39</v>
       </c>
       <c r="C87">
         <v>39</v>
       </c>
       <c r="D87" t="str">
-        <v>Philip Ogren</v>
+        <v>Carlos Santistevan Jr</v>
       </c>
       <c r="E87">
         <v>2</v>
       </c>
       <c r="F87">
         <v>56</v>
       </c>
       <c r="H87" t="str">
-        <v>pogren</v>
+        <v>clevercar</v>
       </c>
       <c r="I87">
         <v>2</v>
       </c>
       <c r="J87">
         <v>56</v>
       </c>
       <c r="K87">
         <v>3</v>
       </c>
       <c r="L87">
         <v>4</v>
       </c>
       <c r="M87">
         <v>3</v>
       </c>
       <c r="N87">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O87">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P87">
         <v>3</v>
       </c>
       <c r="Q87">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R87">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S87">
         <v>3</v>
       </c>
       <c r="T87">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U87">
         <v>3</v>
       </c>
       <c r="V87">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W87">
         <v>3</v>
       </c>
       <c r="X87">
         <v>3</v>
       </c>
       <c r="Y87">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z87">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA87">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB87">
         <v>3</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="str">
         <v>CAS</v>
       </c>
       <c r="B88" t="str">
         <v>42</v>
       </c>
       <c r="C88">
         <v>42</v>
       </c>
       <c r="D88" t="str">
         <v>Becca Santistevan</v>
       </c>
       <c r="E88">
         <v>3</v>
       </c>
       <c r="F88">
         <v>57</v>
       </c>
       <c r="H88" t="str">