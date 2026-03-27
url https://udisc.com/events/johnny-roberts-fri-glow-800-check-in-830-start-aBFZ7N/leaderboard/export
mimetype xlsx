--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -4349,203 +4349,206 @@
       </c>
       <c r="Y46">
         <v>3</v>
       </c>
       <c r="Z46">
         <v>2</v>
       </c>
       <c r="AA46">
         <v>3</v>
       </c>
       <c r="AB46">
         <v>3</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>CAS</v>
       </c>
       <c r="B47" t="str">
         <v>T1</v>
       </c>
       <c r="C47">
         <v>1</v>
       </c>
       <c r="D47" t="str">
-        <v>Kyle Huffman</v>
+        <v>Shane Collins</v>
       </c>
       <c r="E47">
         <v>-13</v>
       </c>
       <c r="F47">
         <v>41</v>
       </c>
+      <c r="G47">
+        <v>324373</v>
+      </c>
       <c r="H47" t="str">
-        <v>fireflare</v>
+        <v>splashcity</v>
       </c>
       <c r="I47">
         <v>-13</v>
       </c>
       <c r="J47">
         <v>41</v>
       </c>
       <c r="K47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M47">
         <v>2</v>
       </c>
       <c r="N47">
         <v>2</v>
       </c>
       <c r="O47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P47">
         <v>2</v>
       </c>
       <c r="Q47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S47">
         <v>2</v>
       </c>
       <c r="T47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U47">
         <v>2</v>
       </c>
       <c r="V47">
         <v>2</v>
       </c>
       <c r="W47">
         <v>2</v>
       </c>
       <c r="X47">
         <v>2</v>
       </c>
       <c r="Y47">
         <v>2</v>
       </c>
       <c r="Z47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA47">
         <v>3</v>
       </c>
       <c r="AB47">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>CAS</v>
       </c>
       <c r="B48" t="str">
         <v>T1</v>
       </c>
       <c r="C48">
         <v>1</v>
       </c>
       <c r="D48" t="str">
-        <v>Shane Collins</v>
+        <v>Kyle Huffman</v>
       </c>
       <c r="E48">
         <v>-13</v>
       </c>
       <c r="F48">
         <v>41</v>
       </c>
       <c r="H48" t="str">
-        <v>splashcity</v>
+        <v>fireflare</v>
       </c>
       <c r="I48">
         <v>-13</v>
       </c>
       <c r="J48">
         <v>41</v>
       </c>
       <c r="K48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M48">
         <v>2</v>
       </c>
       <c r="N48">
         <v>2</v>
       </c>
       <c r="O48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P48">
         <v>2</v>
       </c>
       <c r="Q48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S48">
         <v>2</v>
       </c>
       <c r="T48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U48">
         <v>2</v>
       </c>
       <c r="V48">
         <v>2</v>
       </c>
       <c r="W48">
         <v>2</v>
       </c>
       <c r="X48">
         <v>2</v>
       </c>
       <c r="Y48">
         <v>2</v>
       </c>
       <c r="Z48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA48">
         <v>3</v>
       </c>
       <c r="AB48">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>CAS</v>
       </c>
       <c r="B49" t="str">
         <v>T3</v>
       </c>
       <c r="C49">
         <v>3</v>
       </c>
       <c r="D49" t="str">
         <v>Brandon Nelon</v>
       </c>
       <c r="E49">
         <v>-10</v>
       </c>
       <c r="F49">
         <v>44</v>
       </c>
       <c r="G49">
         <v>72024</v>
       </c>
       <c r="H49" t="str">