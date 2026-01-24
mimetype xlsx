--- v0 (2025-11-08)
+++ v1 (2026-01-24)
@@ -2416,51 +2416,51 @@
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MHT</v>
       </c>
       <c r="B24" t="str">
         <v>23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
         <v>LD</v>
       </c>
       <c r="E24">
         <v>-4</v>
       </c>
       <c r="F24">
         <v>50</v>
       </c>
       <c r="G24">
         <v>295932</v>
       </c>
       <c r="H24" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I24">
         <v>-4</v>
       </c>
       <c r="J24">
         <v>50</v>
       </c>
       <c r="K24">
         <v>2</v>
       </c>
       <c r="L24">
         <v>2</v>
       </c>
       <c r="M24">
         <v>4</v>
       </c>
       <c r="N24">
         <v>2</v>
       </c>
       <c r="O24">
         <v>2</v>
       </c>
       <c r="P24">
         <v>4</v>
       </c>