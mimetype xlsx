--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -3429,50 +3429,53 @@
         <v>3</v>
       </c>
       <c r="AB35">
         <v>2</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>CAS</v>
       </c>
       <c r="B36" t="str">
         <v>1</v>
       </c>
       <c r="C36">
         <v>1</v>
       </c>
       <c r="D36" t="str">
         <v>Shane Collins</v>
       </c>
       <c r="E36">
         <v>-15</v>
       </c>
       <c r="F36">
         <v>39</v>
       </c>
+      <c r="G36">
+        <v>324373</v>
+      </c>
       <c r="H36" t="str">
         <v>splashcity</v>
       </c>
       <c r="I36">
         <v>-15</v>
       </c>
       <c r="J36">
         <v>39</v>
       </c>
       <c r="K36">
         <v>2</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
         <v>2</v>
       </c>
       <c r="N36">
         <v>2</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">