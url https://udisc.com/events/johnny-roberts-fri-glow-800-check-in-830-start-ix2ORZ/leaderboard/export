--- v0 (2025-11-08)
+++ v1 (2026-03-27)
@@ -2412,50 +2412,53 @@
         <v>2</v>
       </c>
       <c r="AB23">
         <v>2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MHT</v>
       </c>
       <c r="B24" t="str">
         <v>T23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
         <v>Duke McCaslin</v>
       </c>
       <c r="E24">
         <v>-5</v>
       </c>
       <c r="F24">
         <v>49</v>
       </c>
+      <c r="G24">
+        <v>322667</v>
+      </c>
       <c r="H24" t="str">
         <v>breezydiscs</v>
       </c>
       <c r="I24">
         <v>-5</v>
       </c>
       <c r="J24">
         <v>49</v>
       </c>
       <c r="K24">
         <v>2</v>
       </c>
       <c r="L24">
         <v>2</v>
       </c>
       <c r="M24">
         <v>4</v>
       </c>
       <c r="N24">
         <v>2</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
@@ -4497,200 +4500,203 @@
       </c>
       <c r="Y48">
         <v>2</v>
       </c>
       <c r="Z48">
         <v>3</v>
       </c>
       <c r="AA48">
         <v>2</v>
       </c>
       <c r="AB48">
         <v>2</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>CAS</v>
       </c>
       <c r="B49" t="str">
         <v>T15</v>
       </c>
       <c r="C49">
         <v>15</v>
       </c>
       <c r="D49" t="str">
-        <v>Kris Graham</v>
+        <v>Shane Collins</v>
       </c>
       <c r="E49">
         <v>-8</v>
       </c>
       <c r="F49">
         <v>46</v>
       </c>
+      <c r="G49">
+        <v>324373</v>
+      </c>
       <c r="H49" t="str">
-        <v>krisg653</v>
+        <v>splashcity</v>
       </c>
       <c r="I49">
         <v>-8</v>
       </c>
       <c r="J49">
         <v>46</v>
       </c>
       <c r="K49">
         <v>2</v>
       </c>
       <c r="L49">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M49">
         <v>3</v>
       </c>
       <c r="N49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R49">
         <v>2</v>
       </c>
       <c r="S49">
         <v>2</v>
       </c>
       <c r="T49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U49">
         <v>2</v>
       </c>
       <c r="V49">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W49">
         <v>3</v>
       </c>
       <c r="X49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z49">
         <v>2</v>
       </c>
       <c r="AA49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB49">
         <v>3</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>CAS</v>
       </c>
       <c r="B50" t="str">
         <v>T15</v>
       </c>
       <c r="C50">
         <v>15</v>
       </c>
       <c r="D50" t="str">
-        <v>Shane Collins</v>
+        <v>Kris Graham</v>
       </c>
       <c r="E50">
         <v>-8</v>
       </c>
       <c r="F50">
         <v>46</v>
       </c>
       <c r="H50" t="str">
-        <v>splashcity</v>
+        <v>krisg653</v>
       </c>
       <c r="I50">
         <v>-8</v>
       </c>
       <c r="J50">
         <v>46</v>
       </c>
       <c r="K50">
         <v>2</v>
       </c>
       <c r="L50">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M50">
         <v>3</v>
       </c>
       <c r="N50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R50">
         <v>2</v>
       </c>
       <c r="S50">
         <v>2</v>
       </c>
       <c r="T50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U50">
         <v>2</v>
       </c>
       <c r="V50">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W50">
         <v>3</v>
       </c>
       <c r="X50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z50">
         <v>2</v>
       </c>
       <c r="AA50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB50">
         <v>3</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>CAS</v>
       </c>
       <c r="B51" t="str">
         <v>T15</v>
       </c>
       <c r="C51">
         <v>15</v>
       </c>
       <c r="D51" t="str">
         <v>Wyatt Seals</v>
       </c>
       <c r="E51">
         <v>-8</v>
       </c>
       <c r="F51">
         <v>46</v>
       </c>
       <c r="H51" t="str">