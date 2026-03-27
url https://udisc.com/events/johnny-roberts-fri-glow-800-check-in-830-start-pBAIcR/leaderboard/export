--- v0 (2025-11-08)
+++ v1 (2026-03-27)
@@ -2157,50 +2157,53 @@
         <v>4</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MHT</v>
       </c>
       <c r="B21" t="str">
         <v>T19</v>
       </c>
       <c r="C21">
         <v>19</v>
       </c>
       <c r="D21" t="str">
         <v>Duke McCaslin</v>
       </c>
       <c r="E21">
         <v>-5</v>
       </c>
       <c r="F21">
         <v>49</v>
       </c>
+      <c r="G21">
+        <v>322667</v>
+      </c>
       <c r="H21" t="str">
         <v>breezydiscs</v>
       </c>
       <c r="I21">
         <v>-5</v>
       </c>
       <c r="J21">
         <v>49</v>
       </c>
       <c r="K21">
         <v>2</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>2</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
@@ -2903,50 +2906,53 @@
       <c r="AA29">
         <v>3</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>CAS</v>
       </c>
       <c r="B30" t="str">
         <v>1</v>
       </c>
       <c r="C30">
         <v>1</v>
       </c>
       <c r="D30" t="str">
         <v>Shane Collins</v>
       </c>
       <c r="E30">
         <v>-13</v>
       </c>
       <c r="F30">
         <v>41</v>
+      </c>
+      <c r="G30">
+        <v>324373</v>
       </c>
       <c r="H30" t="str">
         <v>splashcity</v>
       </c>
       <c r="I30">
         <v>-13</v>
       </c>
       <c r="J30">
         <v>41</v>
       </c>
       <c r="K30">
         <v>2</v>
       </c>
       <c r="L30">
         <v>2</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>2</v>
       </c>
       <c r="O30">
         <v>2</v>
       </c>