--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -3346,50 +3346,53 @@
         <v>3</v>
       </c>
       <c r="AB34">
         <v>2</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>MHT</v>
       </c>
       <c r="B35" t="str">
         <v>T34</v>
       </c>
       <c r="C35">
         <v>34</v>
       </c>
       <c r="D35" t="str">
         <v>Brian Breezy</v>
       </c>
       <c r="E35">
         <v>-1</v>
       </c>
       <c r="F35">
         <v>53</v>
       </c>
+      <c r="G35">
+        <v>322667</v>
+      </c>
       <c r="H35" t="str">
         <v>breezydiscs</v>
       </c>
       <c r="I35">
         <v>-1</v>
       </c>
       <c r="J35">
         <v>53</v>
       </c>
       <c r="K35">
         <v>5</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
         <v>2</v>
       </c>
       <c r="O35">
         <v>3</v>
       </c>
       <c r="P35">
@@ -3997,50 +4000,53 @@
       <c r="AA42">
         <v>2</v>
       </c>
       <c r="AB42">
         <v>2</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>CAS</v>
       </c>
       <c r="B43" t="str">
         <v>3</v>
       </c>
       <c r="C43">
         <v>3</v>
       </c>
       <c r="D43" t="str">
         <v>Shane Collins</v>
       </c>
       <c r="E43">
         <v>-12</v>
       </c>
       <c r="F43">
         <v>42</v>
+      </c>
+      <c r="G43">
+        <v>324373</v>
       </c>
       <c r="H43" t="str">
         <v>splashcity</v>
       </c>
       <c r="I43">
         <v>-12</v>
       </c>
       <c r="J43">
         <v>42</v>
       </c>
       <c r="K43">
         <v>3</v>
       </c>
       <c r="L43">
         <v>3</v>
       </c>
       <c r="M43">
         <v>2</v>
       </c>
       <c r="N43">
         <v>2</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>