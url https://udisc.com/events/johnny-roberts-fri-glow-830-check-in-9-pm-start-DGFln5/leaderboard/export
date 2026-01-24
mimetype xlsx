--- v0 (2025-11-08)
+++ v1 (2026-01-24)
@@ -892,51 +892,51 @@
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MHT</v>
       </c>
       <c r="B6" t="str">
         <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Jack Berens</v>
       </c>
       <c r="E6">
         <v>-11</v>
       </c>
       <c r="F6">
         <v>43</v>
       </c>
       <c r="G6">
         <v>66751</v>
       </c>
       <c r="H6" t="str">
-        <v>jberens</v>
+        <v>jackberens</v>
       </c>
       <c r="I6">
         <v>-11</v>
       </c>
       <c r="J6">
         <v>43</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
@@ -1915,51 +1915,51 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MHT</v>
       </c>
       <c r="B18" t="str">
         <v>T15</v>
       </c>
       <c r="C18">
         <v>15</v>
       </c>
       <c r="D18" t="str">
         <v>LD</v>
       </c>
       <c r="E18">
         <v>-6</v>
       </c>
       <c r="F18">
         <v>48</v>
       </c>
       <c r="G18">
         <v>295932</v>
       </c>
       <c r="H18" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I18">
         <v>-6</v>
       </c>
       <c r="J18">
         <v>48</v>
       </c>
       <c r="K18">
         <v>2</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>2</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>