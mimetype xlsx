--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -3509,50 +3509,53 @@
         <v>3</v>
       </c>
       <c r="AA36">
         <v>3</v>
       </c>
       <c r="AB36">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>MHT</v>
       </c>
       <c r="B37" t="str">
         <v>DNF</v>
       </c>
       <c r="D37" t="str">
         <v>Brian Breezy</v>
       </c>
       <c r="E37">
         <v>-2</v>
       </c>
       <c r="F37">
         <v>31</v>
       </c>
+      <c r="G37">
+        <v>322667</v>
+      </c>
       <c r="H37" t="str">
         <v>breezydiscs</v>
       </c>
       <c r="I37">
         <v>-2</v>
       </c>
       <c r="J37">
         <v>31</v>
       </c>
       <c r="R37">
         <v>3</v>
       </c>
       <c r="S37">
         <v>3</v>
       </c>
       <c r="T37">
         <v>3</v>
       </c>
       <c r="U37">
         <v>3</v>
       </c>
       <c r="V37">
         <v>2</v>
       </c>
       <c r="W37">