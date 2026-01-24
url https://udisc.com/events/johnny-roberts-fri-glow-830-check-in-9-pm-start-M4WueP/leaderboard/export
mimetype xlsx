--- v0 (2025-11-08)
+++ v1 (2026-01-24)
@@ -1583,51 +1583,51 @@
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MHT</v>
       </c>
       <c r="B14" t="str">
         <v>T11</v>
       </c>
       <c r="C14">
         <v>11</v>
       </c>
       <c r="D14" t="str">
         <v>LD</v>
       </c>
       <c r="E14">
         <v>-8</v>
       </c>
       <c r="F14">
         <v>46</v>
       </c>
       <c r="G14">
         <v>295932</v>
       </c>
       <c r="H14" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I14">
         <v>-8</v>
       </c>
       <c r="J14">
         <v>46</v>
       </c>
       <c r="K14">
         <v>4</v>
       </c>
       <c r="L14">
         <v>2</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>2</v>
       </c>
       <c r="O14">
         <v>2</v>
       </c>
       <c r="P14">
         <v>2</v>
       </c>