--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -3601,50 +3601,53 @@
         <v>3</v>
       </c>
       <c r="AB37">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>MHT</v>
       </c>
       <c r="B38" t="str">
         <v>37</v>
       </c>
       <c r="C38">
         <v>37</v>
       </c>
       <c r="D38" t="str">
         <v>Brian Branham</v>
       </c>
       <c r="E38">
         <v>6</v>
       </c>
       <c r="F38">
         <v>60</v>
       </c>
+      <c r="G38">
+        <v>322667</v>
+      </c>
       <c r="H38" t="str">
         <v>breezydiscs</v>
       </c>
       <c r="I38">
         <v>6</v>
       </c>
       <c r="J38">
         <v>60</v>
       </c>
       <c r="K38">
         <v>3</v>
       </c>
       <c r="L38">
         <v>4</v>
       </c>
       <c r="M38">
         <v>5</v>
       </c>
       <c r="N38">
         <v>4</v>
       </c>
       <c r="O38">
         <v>4</v>
       </c>
       <c r="P38">
@@ -4783,50 +4786,53 @@
       <c r="AA51">
         <v>2</v>
       </c>
       <c r="AB51">
         <v>3</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>CAS</v>
       </c>
       <c r="B52" t="str">
         <v>T11</v>
       </c>
       <c r="C52">
         <v>11</v>
       </c>
       <c r="D52" t="str">
         <v>Shane Collins</v>
       </c>
       <c r="E52">
         <v>-9</v>
       </c>
       <c r="F52">
         <v>45</v>
+      </c>
+      <c r="G52">
+        <v>324373</v>
       </c>
       <c r="H52" t="str">
         <v>splashcity</v>
       </c>
       <c r="I52">
         <v>-9</v>
       </c>
       <c r="J52">
         <v>45</v>
       </c>
       <c r="K52">
         <v>2</v>
       </c>
       <c r="L52">
         <v>5</v>
       </c>
       <c r="M52">
         <v>3</v>
       </c>
       <c r="N52">
         <v>3</v>
       </c>
       <c r="O52">
         <v>2</v>
       </c>