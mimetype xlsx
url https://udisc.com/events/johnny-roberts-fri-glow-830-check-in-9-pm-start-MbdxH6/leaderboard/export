--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -1235,50 +1235,53 @@
         <v>3</v>
       </c>
       <c r="AB9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MHT</v>
       </c>
       <c r="B10" t="str">
         <v>T5</v>
       </c>
       <c r="C10">
         <v>5</v>
       </c>
       <c r="D10" t="str">
         <v>Shane Collins</v>
       </c>
       <c r="E10">
         <v>-12</v>
       </c>
       <c r="F10">
         <v>42</v>
       </c>
+      <c r="G10">
+        <v>324373</v>
+      </c>
       <c r="H10" t="str">
         <v>splashcity</v>
       </c>
       <c r="I10">
         <v>-12</v>
       </c>
       <c r="J10">
         <v>42</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>2</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
@@ -2245,50 +2248,53 @@
       <c r="AA21">
         <v>2</v>
       </c>
       <c r="AB21">
         <v>2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MHT</v>
       </c>
       <c r="B22" t="str">
         <v>T20</v>
       </c>
       <c r="C22">
         <v>20</v>
       </c>
       <c r="D22" t="str">
         <v>Brian Breezy</v>
       </c>
       <c r="E22">
         <v>-6</v>
       </c>
       <c r="F22">
         <v>48</v>
+      </c>
+      <c r="G22">
+        <v>322667</v>
       </c>
       <c r="H22" t="str">
         <v>breezydiscs</v>
       </c>
       <c r="I22">
         <v>-6</v>
       </c>
       <c r="J22">
         <v>48</v>
       </c>
       <c r="K22">
         <v>2</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>4</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>