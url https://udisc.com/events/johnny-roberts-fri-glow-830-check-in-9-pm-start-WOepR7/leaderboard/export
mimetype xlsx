--- v0 (2025-11-08)
+++ v1 (2026-01-24)
@@ -2345,51 +2345,51 @@
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MHT</v>
       </c>
       <c r="B23" t="str">
         <v>T21</v>
       </c>
       <c r="C23">
         <v>21</v>
       </c>
       <c r="D23" t="str">
         <v>LD</v>
       </c>
       <c r="E23">
         <v>-4</v>
       </c>
       <c r="F23">
         <v>50</v>
       </c>
       <c r="G23">
         <v>295932</v>
       </c>
       <c r="H23" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I23">
         <v>-4</v>
       </c>
       <c r="J23">
         <v>50</v>
       </c>
       <c r="K23">
         <v>2</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>4</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
         <v>2</v>
       </c>
@@ -5301,51 +5301,51 @@
       </c>
       <c r="AB57">
         <v>3</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
         <v>CAS</v>
       </c>
       <c r="B58" t="str">
         <v>T22</v>
       </c>
       <c r="C58">
         <v>22</v>
       </c>
       <c r="D58" t="str">
         <v>Nicholasdisc</v>
       </c>
       <c r="E58">
         <v>-5</v>
       </c>
       <c r="F58">
         <v>49</v>
       </c>
       <c r="H58" t="str">
-        <v>nicholasdisc</v>
+        <v>puttmuffer</v>
       </c>
       <c r="I58">
         <v>-5</v>
       </c>
       <c r="J58">
         <v>49</v>
       </c>
       <c r="K58">
         <v>3</v>
       </c>
       <c r="L58">
         <v>2</v>
       </c>
       <c r="M58">
         <v>4</v>
       </c>
       <c r="N58">
         <v>2</v>
       </c>
       <c r="O58">
         <v>3</v>
       </c>
       <c r="P58">
         <v>3</v>
       </c>