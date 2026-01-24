--- v0 (2025-11-08)
+++ v1 (2026-01-24)
@@ -3599,51 +3599,51 @@
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>MHT</v>
       </c>
       <c r="B38" t="str">
         <v>T37</v>
       </c>
       <c r="C38">
         <v>37</v>
       </c>
       <c r="D38" t="str">
         <v>LD</v>
       </c>
       <c r="E38">
         <v>-2</v>
       </c>
       <c r="F38">
         <v>52</v>
       </c>
       <c r="G38">
         <v>295932</v>
       </c>
       <c r="H38" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I38">
         <v>-2</v>
       </c>
       <c r="J38">
         <v>52</v>
       </c>
       <c r="K38">
         <v>3</v>
       </c>
       <c r="L38">
         <v>2</v>
       </c>
       <c r="M38">
         <v>5</v>
       </c>
       <c r="N38">
         <v>2</v>
       </c>
       <c r="O38">
         <v>3</v>
       </c>
       <c r="P38">
         <v>3</v>
       </c>