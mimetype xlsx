--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -3097,50 +3097,53 @@
         <v>3</v>
       </c>
       <c r="AB31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MHT</v>
       </c>
       <c r="B32" t="str">
         <v>T29</v>
       </c>
       <c r="C32">
         <v>29</v>
       </c>
       <c r="D32" t="str">
         <v>Brian Breezy</v>
       </c>
       <c r="E32">
         <v>-5</v>
       </c>
       <c r="F32">
         <v>49</v>
       </c>
+      <c r="G32">
+        <v>322667</v>
+      </c>
       <c r="H32" t="str">
         <v>breezydiscs</v>
       </c>
       <c r="I32">
         <v>-5</v>
       </c>
       <c r="J32">
         <v>49</v>
       </c>
       <c r="K32">
         <v>3</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>3</v>
       </c>
       <c r="N32">
         <v>2</v>
       </c>
       <c r="O32">
         <v>3</v>
       </c>
       <c r="P32">
@@ -4687,200 +4690,203 @@
       </c>
       <c r="Y50">
         <v>2</v>
       </c>
       <c r="Z50">
         <v>2</v>
       </c>
       <c r="AA50">
         <v>2</v>
       </c>
       <c r="AB50">
         <v>2</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>CAS</v>
       </c>
       <c r="B51" t="str">
         <v>T2</v>
       </c>
       <c r="C51">
         <v>2</v>
       </c>
       <c r="D51" t="str">
-        <v>Nate Connell</v>
+        <v>Shane Collins</v>
       </c>
       <c r="E51">
         <v>-12</v>
       </c>
       <c r="F51">
         <v>42</v>
       </c>
+      <c r="G51">
+        <v>324373</v>
+      </c>
       <c r="H51" t="str">
-        <v>illumin8i</v>
+        <v>splashcity</v>
       </c>
       <c r="I51">
         <v>-12</v>
       </c>
       <c r="J51">
         <v>42</v>
       </c>
       <c r="K51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L51">
         <v>2</v>
       </c>
       <c r="M51">
         <v>2</v>
       </c>
       <c r="N51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O51">
         <v>3</v>
       </c>
       <c r="P51">
         <v>3</v>
       </c>
       <c r="Q51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T51">
         <v>2</v>
       </c>
       <c r="U51">
         <v>2</v>
       </c>
       <c r="V51">
         <v>2</v>
       </c>
       <c r="W51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y51">
         <v>2</v>
       </c>
       <c r="Z51">
         <v>2</v>
       </c>
       <c r="AA51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB51">
         <v>2</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>CAS</v>
       </c>
       <c r="B52" t="str">
         <v>T2</v>
       </c>
       <c r="C52">
         <v>2</v>
       </c>
       <c r="D52" t="str">
-        <v>Shane Collins</v>
+        <v>Nate Connell</v>
       </c>
       <c r="E52">
         <v>-12</v>
       </c>
       <c r="F52">
         <v>42</v>
       </c>
       <c r="H52" t="str">
-        <v>splashcity</v>
+        <v>illumin8i</v>
       </c>
       <c r="I52">
         <v>-12</v>
       </c>
       <c r="J52">
         <v>42</v>
       </c>
       <c r="K52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L52">
         <v>2</v>
       </c>
       <c r="M52">
         <v>2</v>
       </c>
       <c r="N52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O52">
         <v>3</v>
       </c>
       <c r="P52">
         <v>3</v>
       </c>
       <c r="Q52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T52">
         <v>2</v>
       </c>
       <c r="U52">
         <v>2</v>
       </c>
       <c r="V52">
         <v>2</v>
       </c>
       <c r="W52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y52">
         <v>2</v>
       </c>
       <c r="Z52">
         <v>2</v>
       </c>
       <c r="AA52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB52">
         <v>2</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>CAS</v>
       </c>
       <c r="B53" t="str">
         <v>T5</v>
       </c>
       <c r="C53">
         <v>5</v>
       </c>
       <c r="D53" t="str">
         <v>Justin Peck</v>
       </c>
       <c r="E53">
         <v>-10</v>
       </c>
       <c r="F53">
         <v>44</v>
       </c>
       <c r="G53">