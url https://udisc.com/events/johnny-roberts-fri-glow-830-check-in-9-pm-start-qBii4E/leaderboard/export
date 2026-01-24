--- v0 (2025-11-08)
+++ v1 (2026-01-24)
@@ -4450,51 +4450,51 @@
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>CAS</v>
       </c>
       <c r="B48" t="str">
         <v>T12</v>
       </c>
       <c r="C48">
         <v>12</v>
       </c>
       <c r="D48" t="str">
         <v>LD</v>
       </c>
       <c r="E48">
         <v>-8</v>
       </c>
       <c r="F48">
         <v>46</v>
       </c>
       <c r="G48">
         <v>295932</v>
       </c>
       <c r="H48" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I48">
         <v>-8</v>
       </c>
       <c r="J48">
         <v>46</v>
       </c>
       <c r="K48">
         <v>3</v>
       </c>
       <c r="L48">
         <v>3</v>
       </c>
       <c r="M48">
         <v>3</v>
       </c>
       <c r="N48">
         <v>2</v>
       </c>
       <c r="O48">
         <v>2</v>
       </c>
       <c r="P48">
         <v>2</v>
       </c>
@@ -5034,452 +5034,455 @@
       </c>
       <c r="Y54">
         <v>3</v>
       </c>
       <c r="Z54">
         <v>3</v>
       </c>
       <c r="AA54">
         <v>2</v>
       </c>
       <c r="AB54">
         <v>2</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>CAS</v>
       </c>
       <c r="B55" t="str">
         <v>T19</v>
       </c>
       <c r="C55">
         <v>19</v>
       </c>
       <c r="D55" t="str">
-        <v>Ben Morris</v>
+        <v>Philip Ogren</v>
       </c>
       <c r="E55">
         <v>-6</v>
       </c>
       <c r="F55">
         <v>48</v>
       </c>
+      <c r="G55">
+        <v>318882</v>
+      </c>
       <c r="H55" t="str">
-        <v>papaduq</v>
+        <v>pogren</v>
       </c>
       <c r="I55">
         <v>-6</v>
       </c>
       <c r="J55">
         <v>48</v>
       </c>
       <c r="K55">
         <v>3</v>
       </c>
       <c r="L55">
         <v>3</v>
       </c>
       <c r="M55">
         <v>3</v>
       </c>
       <c r="N55">
         <v>3</v>
       </c>
       <c r="O55">
         <v>2</v>
       </c>
       <c r="P55">
         <v>3</v>
       </c>
       <c r="Q55">
         <v>3</v>
       </c>
       <c r="R55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U55">
         <v>3</v>
       </c>
       <c r="V55">
         <v>2</v>
       </c>
       <c r="W55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y55">
         <v>3</v>
       </c>
       <c r="Z55">
         <v>2</v>
       </c>
       <c r="AA55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB55">
         <v>3</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>CAS</v>
       </c>
       <c r="B56" t="str">
         <v>T19</v>
       </c>
       <c r="C56">
         <v>19</v>
       </c>
       <c r="D56" t="str">
-        <v>Colin seely</v>
+        <v>Ben Morris</v>
       </c>
       <c r="E56">
         <v>-6</v>
       </c>
       <c r="F56">
         <v>48</v>
       </c>
       <c r="H56" t="str">
-        <v>colin719</v>
+        <v>papaduq</v>
       </c>
       <c r="I56">
         <v>-6</v>
       </c>
       <c r="J56">
         <v>48</v>
       </c>
       <c r="K56">
         <v>3</v>
       </c>
       <c r="L56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M56">
         <v>3</v>
       </c>
       <c r="N56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q56">
         <v>3</v>
       </c>
       <c r="R56">
         <v>3</v>
       </c>
       <c r="S56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T56">
         <v>3</v>
       </c>
       <c r="U56">
         <v>3</v>
       </c>
       <c r="V56">
         <v>2</v>
       </c>
       <c r="W56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y56">
         <v>3</v>
       </c>
       <c r="Z56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA56">
         <v>2</v>
       </c>
       <c r="AB56">
         <v>3</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>CAS</v>
       </c>
       <c r="B57" t="str">
         <v>T19</v>
       </c>
       <c r="C57">
         <v>19</v>
       </c>
       <c r="D57" t="str">
-        <v>Cooper Atteberry</v>
+        <v>Colin seely</v>
       </c>
       <c r="E57">
         <v>-6</v>
       </c>
       <c r="F57">
         <v>48</v>
       </c>
       <c r="H57" t="str">
-        <v>coopdogg777</v>
+        <v>colin719</v>
       </c>
       <c r="I57">
         <v>-6</v>
       </c>
       <c r="J57">
         <v>48</v>
       </c>
       <c r="K57">
         <v>3</v>
       </c>
       <c r="L57">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M57">
         <v>3</v>
       </c>
       <c r="N57">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O57">
         <v>3</v>
       </c>
       <c r="P57">
         <v>2</v>
       </c>
       <c r="Q57">
         <v>3</v>
       </c>
       <c r="R57">
         <v>3</v>
       </c>
       <c r="S57">
         <v>3</v>
       </c>
       <c r="T57">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U57">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V57">
         <v>2</v>
       </c>
       <c r="W57">
         <v>3</v>
       </c>
       <c r="X57">
         <v>2</v>
       </c>
       <c r="Y57">
         <v>3</v>
       </c>
       <c r="Z57">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA57">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB57">
         <v>3</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
         <v>CAS</v>
       </c>
       <c r="B58" t="str">
         <v>T19</v>
       </c>
       <c r="C58">
         <v>19</v>
       </c>
       <c r="D58" t="str">
-        <v>Dwight</v>
+        <v>Cooper Atteberry</v>
       </c>
       <c r="E58">
         <v>-6</v>
       </c>
       <c r="F58">
         <v>48</v>
       </c>
       <c r="H58" t="str">
-        <v>dwightlawrence</v>
+        <v>coopdogg777</v>
       </c>
       <c r="I58">
         <v>-6</v>
       </c>
       <c r="J58">
         <v>48</v>
       </c>
       <c r="K58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L58">
         <v>3</v>
       </c>
       <c r="M58">
         <v>3</v>
       </c>
       <c r="N58">
         <v>3</v>
       </c>
       <c r="O58">
         <v>3</v>
       </c>
       <c r="P58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q58">
         <v>3</v>
       </c>
       <c r="R58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S58">
         <v>3</v>
       </c>
       <c r="T58">
         <v>2</v>
       </c>
       <c r="U58">
         <v>2</v>
       </c>
       <c r="V58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W58">
         <v>3</v>
       </c>
       <c r="X58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA58">
         <v>3</v>
       </c>
       <c r="AB58">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>CAS</v>
       </c>
       <c r="B59" t="str">
         <v>T19</v>
       </c>
       <c r="C59">
         <v>19</v>
       </c>
       <c r="D59" t="str">
-        <v>Philip Ogren</v>
+        <v>Dwight</v>
       </c>
       <c r="E59">
         <v>-6</v>
       </c>
       <c r="F59">
         <v>48</v>
       </c>
       <c r="H59" t="str">
-        <v>pogren</v>
+        <v>dwightlawrence</v>
       </c>
       <c r="I59">
         <v>-6</v>
       </c>
       <c r="J59">
         <v>48</v>
       </c>
       <c r="K59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L59">
         <v>3</v>
       </c>
       <c r="M59">
         <v>3</v>
       </c>
       <c r="N59">
         <v>3</v>
       </c>
       <c r="O59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P59">
         <v>3</v>
       </c>
       <c r="Q59">
         <v>3</v>
       </c>
       <c r="R59">
         <v>2</v>
       </c>
       <c r="S59">
         <v>3</v>
       </c>
       <c r="T59">
         <v>2</v>
       </c>
       <c r="U59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W59">
         <v>3</v>
       </c>
       <c r="X59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA59">
         <v>3</v>
       </c>
       <c r="AB59">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
         <v>CAS</v>
       </c>
       <c r="B60" t="str">
         <v>T25</v>
       </c>
       <c r="C60">
         <v>25</v>
       </c>
       <c r="D60" t="str">
         <v>Laura Milner</v>
       </c>
       <c r="E60">
         <v>-5</v>
       </c>
       <c r="F60">
         <v>49</v>
       </c>
       <c r="G60">
         <v>152860</v>
       </c>
       <c r="H60" t="str">