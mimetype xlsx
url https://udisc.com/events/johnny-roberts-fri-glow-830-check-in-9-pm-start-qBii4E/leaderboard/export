--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -3174,50 +3174,53 @@
         <v>3</v>
       </c>
       <c r="AB32">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MHT</v>
       </c>
       <c r="B33" t="str">
         <v>T30</v>
       </c>
       <c r="C33">
         <v>30</v>
       </c>
       <c r="D33" t="str">
         <v>Duke McCaslin</v>
       </c>
       <c r="E33">
         <v>-2</v>
       </c>
       <c r="F33">
         <v>52</v>
       </c>
+      <c r="G33">
+        <v>322667</v>
+      </c>
       <c r="H33" t="str">
         <v>breezydiscs</v>
       </c>
       <c r="I33">
         <v>-2</v>
       </c>
       <c r="J33">
         <v>52</v>
       </c>
       <c r="K33">
         <v>3</v>
       </c>
       <c r="L33">
         <v>3</v>
       </c>
       <c r="M33">
         <v>3</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">
@@ -5538,286 +5541,289 @@
       </c>
       <c r="Y60">
         <v>3</v>
       </c>
       <c r="Z60">
         <v>2</v>
       </c>
       <c r="AA60">
         <v>2</v>
       </c>
       <c r="AB60">
         <v>2</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>CAS</v>
       </c>
       <c r="B61" t="str">
         <v>T25</v>
       </c>
       <c r="C61">
         <v>25</v>
       </c>
       <c r="D61" t="str">
-        <v>Devan L</v>
+        <v>Shane Collins</v>
       </c>
       <c r="E61">
         <v>-5</v>
       </c>
       <c r="F61">
         <v>49</v>
       </c>
+      <c r="G61">
+        <v>324373</v>
+      </c>
       <c r="H61" t="str">
-        <v>simuna</v>
+        <v>splashcity</v>
       </c>
       <c r="I61">
         <v>-5</v>
       </c>
       <c r="J61">
         <v>49</v>
       </c>
       <c r="K61">
         <v>3</v>
       </c>
       <c r="L61">
         <v>3</v>
       </c>
       <c r="M61">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N61">
         <v>3</v>
       </c>
       <c r="O61">
         <v>3</v>
       </c>
       <c r="P61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q61">
         <v>3</v>
       </c>
       <c r="R61">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S61">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T61">
         <v>3</v>
       </c>
       <c r="U61">
         <v>2</v>
       </c>
       <c r="V61">
         <v>2</v>
       </c>
       <c r="W61">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y61">
         <v>3</v>
       </c>
       <c r="Z61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB61">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>CAS</v>
       </c>
       <c r="B62" t="str">
         <v>T25</v>
       </c>
       <c r="C62">
         <v>25</v>
       </c>
       <c r="D62" t="str">
-        <v>Jon Schifferle</v>
+        <v>Devan L</v>
       </c>
       <c r="E62">
         <v>-5</v>
       </c>
       <c r="F62">
         <v>49</v>
       </c>
       <c r="H62" t="str">
-        <v>jschifferle</v>
+        <v>simuna</v>
       </c>
       <c r="I62">
         <v>-5</v>
       </c>
       <c r="J62">
         <v>49</v>
       </c>
       <c r="K62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L62">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M62">
         <v>3</v>
       </c>
       <c r="N62">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S62">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T62">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U62">
         <v>2</v>
       </c>
       <c r="V62">
         <v>2</v>
       </c>
       <c r="W62">
         <v>3</v>
       </c>
       <c r="X62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y62">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z62">
         <v>2</v>
       </c>
       <c r="AA62">
         <v>2</v>
       </c>
       <c r="AB62">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>CAS</v>
       </c>
       <c r="B63" t="str">
         <v>T25</v>
       </c>
       <c r="C63">
         <v>25</v>
       </c>
       <c r="D63" t="str">
-        <v>Shane Collins</v>
+        <v>Jon Schifferle</v>
       </c>
       <c r="E63">
         <v>-5</v>
       </c>
       <c r="F63">
         <v>49</v>
       </c>
       <c r="H63" t="str">
-        <v>splashcity</v>
+        <v>jschifferle</v>
       </c>
       <c r="I63">
         <v>-5</v>
       </c>
       <c r="J63">
         <v>49</v>
       </c>
       <c r="K63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M63">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P63">
         <v>3</v>
       </c>
       <c r="Q63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R63">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S63">
         <v>3</v>
       </c>
       <c r="T63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U63">
         <v>2</v>
       </c>
       <c r="V63">
         <v>2</v>
       </c>
       <c r="W63">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X63">
         <v>3</v>
       </c>
       <c r="Y63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB63">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>CAS</v>
       </c>
       <c r="B64" t="str">
         <v>T29</v>
       </c>
       <c r="C64">
         <v>29</v>
       </c>
       <c r="D64" t="str">
         <v>Bill Howard</v>
       </c>
       <c r="E64">
         <v>-4</v>
       </c>
       <c r="F64">
         <v>50</v>
       </c>
       <c r="H64" t="str">
         <v>bill5280</v>
       </c>
       <c r="I64">