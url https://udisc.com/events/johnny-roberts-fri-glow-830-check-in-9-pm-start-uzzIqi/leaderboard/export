--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -5882,286 +5882,289 @@
       </c>
       <c r="Y64">
         <v>3</v>
       </c>
       <c r="Z64">
         <v>2</v>
       </c>
       <c r="AA64">
         <v>2</v>
       </c>
       <c r="AB64">
         <v>2</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>CAS</v>
       </c>
       <c r="B65" t="str">
         <v>T11</v>
       </c>
       <c r="C65">
         <v>11</v>
       </c>
       <c r="D65" t="str">
-        <v>Devan L</v>
+        <v>Shane Collins</v>
       </c>
       <c r="E65">
         <v>-8</v>
       </c>
       <c r="F65">
         <v>46</v>
       </c>
+      <c r="G65">
+        <v>324373</v>
+      </c>
       <c r="H65" t="str">
-        <v>simuna</v>
+        <v>splashcity</v>
       </c>
       <c r="I65">
         <v>-8</v>
       </c>
       <c r="J65">
         <v>46</v>
       </c>
       <c r="K65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L65">
         <v>2</v>
       </c>
       <c r="M65">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O65">
         <v>3</v>
       </c>
       <c r="P65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q65">
         <v>3</v>
       </c>
       <c r="R65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T65">
         <v>3</v>
       </c>
       <c r="U65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W65">
         <v>3</v>
       </c>
       <c r="X65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z65">
         <v>2</v>
       </c>
       <c r="AA65">
         <v>2</v>
       </c>
       <c r="AB65">
         <v>2</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>CAS</v>
       </c>
       <c r="B66" t="str">
         <v>T11</v>
       </c>
       <c r="C66">
         <v>11</v>
       </c>
       <c r="D66" t="str">
-        <v xml:space="preserve">Lance Cummings </v>
+        <v>Devan L</v>
       </c>
       <c r="E66">
         <v>-8</v>
       </c>
       <c r="F66">
         <v>46</v>
       </c>
       <c r="H66" t="str">
-        <v>denvercapone</v>
+        <v>simuna</v>
       </c>
       <c r="I66">
         <v>-8</v>
       </c>
       <c r="J66">
         <v>46</v>
       </c>
       <c r="K66">
         <v>3</v>
       </c>
       <c r="L66">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N66">
         <v>2</v>
       </c>
       <c r="O66">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P66">
         <v>3</v>
       </c>
       <c r="Q66">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R66">
         <v>3</v>
       </c>
       <c r="S66">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T66">
         <v>3</v>
       </c>
       <c r="U66">
         <v>3</v>
       </c>
       <c r="V66">
         <v>2</v>
       </c>
       <c r="W66">
         <v>3</v>
       </c>
       <c r="X66">
         <v>2</v>
       </c>
       <c r="Y66">
         <v>2</v>
       </c>
       <c r="Z66">
         <v>2</v>
       </c>
       <c r="AA66">
         <v>2</v>
       </c>
       <c r="AB66">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v>CAS</v>
       </c>
       <c r="B67" t="str">
         <v>T11</v>
       </c>
       <c r="C67">
         <v>11</v>
       </c>
       <c r="D67" t="str">
-        <v>Shane Collins</v>
+        <v xml:space="preserve">Lance Cummings </v>
       </c>
       <c r="E67">
         <v>-8</v>
       </c>
       <c r="F67">
         <v>46</v>
       </c>
       <c r="H67" t="str">
-        <v>splashcity</v>
+        <v>denvercapone</v>
       </c>
       <c r="I67">
         <v>-8</v>
       </c>
       <c r="J67">
         <v>46</v>
       </c>
       <c r="K67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M67">
         <v>3</v>
       </c>
       <c r="N67">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O67">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q67">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S67">
         <v>3</v>
       </c>
       <c r="T67">
         <v>3</v>
       </c>
       <c r="U67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V67">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W67">
         <v>3</v>
       </c>
       <c r="X67">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y67">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z67">
         <v>2</v>
       </c>
       <c r="AA67">
         <v>2</v>
       </c>
       <c r="AB67">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>CAS</v>
       </c>
       <c r="B68" t="str">
         <v>T15</v>
       </c>
       <c r="C68">
         <v>15</v>
       </c>
       <c r="D68" t="str">
         <v>Alex Harken</v>
       </c>
       <c r="E68">
         <v>-7</v>
       </c>
       <c r="F68">
         <v>47</v>
       </c>
       <c r="G68">
         <v>218694</v>
       </c>
       <c r="H68" t="str">