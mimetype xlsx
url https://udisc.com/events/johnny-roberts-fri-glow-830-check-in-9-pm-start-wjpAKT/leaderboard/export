--- v0 (2025-11-08)
+++ v1 (2026-01-24)
@@ -1150,51 +1150,51 @@
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MHT</v>
       </c>
       <c r="B9" t="str">
         <v>T6</v>
       </c>
       <c r="C9">
         <v>6</v>
       </c>
       <c r="D9" t="str">
         <v>LD</v>
       </c>
       <c r="E9">
         <v>-11</v>
       </c>
       <c r="F9">
         <v>43</v>
       </c>
       <c r="G9">
         <v>295932</v>
       </c>
       <c r="H9" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I9">
         <v>-11</v>
       </c>
       <c r="J9">
         <v>43</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>