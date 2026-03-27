--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -3257,50 +3257,53 @@
         <v>3</v>
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>MHT</v>
       </c>
       <c r="B34" t="str">
         <v>T32</v>
       </c>
       <c r="C34">
         <v>32</v>
       </c>
       <c r="D34" t="str">
         <v>Brian Branham</v>
       </c>
       <c r="E34">
         <v>-4</v>
       </c>
       <c r="F34">
         <v>50</v>
       </c>
+      <c r="G34">
+        <v>322667</v>
+      </c>
       <c r="H34" t="str">
         <v>breezydiscs</v>
       </c>
       <c r="I34">
         <v>-4</v>
       </c>
       <c r="J34">
         <v>50</v>
       </c>
       <c r="K34">
         <v>3</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
         <v>3</v>
       </c>
       <c r="N34">
         <v>3</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
       <c r="P34">
@@ -4430,50 +4433,53 @@
       <c r="AA47">
         <v>3</v>
       </c>
       <c r="AB47">
         <v>2</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>CAS</v>
       </c>
       <c r="B48" t="str">
         <v>T3</v>
       </c>
       <c r="C48">
         <v>3</v>
       </c>
       <c r="D48" t="str">
         <v>Shane Collins</v>
       </c>
       <c r="E48">
         <v>-11</v>
       </c>
       <c r="F48">
         <v>43</v>
+      </c>
+      <c r="G48">
+        <v>324373</v>
       </c>
       <c r="H48" t="str">
         <v>splashcity</v>
       </c>
       <c r="I48">
         <v>-11</v>
       </c>
       <c r="J48">
         <v>43</v>
       </c>
       <c r="K48">
         <v>2</v>
       </c>
       <c r="L48">
         <v>3</v>
       </c>
       <c r="M48">
         <v>3</v>
       </c>
       <c r="N48">
         <v>2</v>
       </c>
       <c r="O48">
         <v>3</v>
       </c>