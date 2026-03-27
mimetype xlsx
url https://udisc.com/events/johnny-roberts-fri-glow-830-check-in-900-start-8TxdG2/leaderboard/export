--- v0 (2025-11-08)
+++ v1 (2026-03-27)
@@ -2667,50 +2667,53 @@
         <v>2</v>
       </c>
       <c r="AB26">
         <v>2</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MHT</v>
       </c>
       <c r="B27" t="str">
         <v>26</v>
       </c>
       <c r="C27">
         <v>26</v>
       </c>
       <c r="D27" t="str">
         <v>Duke McCaslin</v>
       </c>
       <c r="E27">
         <v>-4</v>
       </c>
       <c r="F27">
         <v>50</v>
       </c>
+      <c r="G27">
+        <v>322667</v>
+      </c>
       <c r="H27" t="str">
         <v>breezydiscs</v>
       </c>
       <c r="I27">
         <v>-4</v>
       </c>
       <c r="J27">
         <v>50</v>
       </c>
       <c r="K27">
         <v>2</v>
       </c>
       <c r="L27">
         <v>2</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
         <v>3</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
@@ -3640,283 +3643,286 @@
       </c>
       <c r="Y38">
         <v>3</v>
       </c>
       <c r="Z38">
         <v>2</v>
       </c>
       <c r="AA38">
         <v>2</v>
       </c>
       <c r="AB38">
         <v>2</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>CAS</v>
       </c>
       <c r="B39" t="str">
         <v>T2</v>
       </c>
       <c r="C39">
         <v>2</v>
       </c>
       <c r="D39" t="str">
-        <v>Devan L</v>
+        <v>Shane Collins</v>
       </c>
       <c r="E39">
         <v>-10</v>
       </c>
       <c r="F39">
         <v>44</v>
       </c>
+      <c r="G39">
+        <v>324373</v>
+      </c>
       <c r="H39" t="str">
-        <v>simuna</v>
+        <v>splashcity</v>
       </c>
       <c r="I39">
         <v>-10</v>
       </c>
       <c r="J39">
         <v>44</v>
       </c>
       <c r="K39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M39">
         <v>3</v>
       </c>
       <c r="N39">
         <v>2</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
         <v>2</v>
       </c>
       <c r="Q39">
         <v>2</v>
       </c>
       <c r="R39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S39">
         <v>2</v>
       </c>
       <c r="T39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U39">
         <v>3</v>
       </c>
       <c r="V39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X39">
         <v>2</v>
       </c>
       <c r="Y39">
         <v>2</v>
       </c>
       <c r="Z39">
         <v>2</v>
       </c>
       <c r="AA39">
         <v>2</v>
       </c>
       <c r="AB39">
         <v>2</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>CAS</v>
       </c>
       <c r="B40" t="str">
         <v>T2</v>
       </c>
       <c r="C40">
         <v>2</v>
       </c>
       <c r="D40" t="str">
-        <v>Sawyer VanCampen</v>
+        <v>Devan L</v>
       </c>
       <c r="E40">
         <v>-10</v>
       </c>
       <c r="F40">
         <v>44</v>
       </c>
       <c r="H40" t="str">
-        <v>soysauceglass</v>
+        <v>simuna</v>
       </c>
       <c r="I40">
         <v>-10</v>
       </c>
       <c r="J40">
         <v>44</v>
       </c>
       <c r="K40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N40">
         <v>2</v>
       </c>
       <c r="O40">
         <v>3</v>
       </c>
       <c r="P40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q40">
         <v>2</v>
       </c>
       <c r="R40">
         <v>3</v>
       </c>
       <c r="S40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T40">
         <v>2</v>
       </c>
       <c r="U40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V40">
         <v>2</v>
       </c>
       <c r="W40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z40">
         <v>2</v>
       </c>
       <c r="AA40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB40">
         <v>2</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>CAS</v>
       </c>
       <c r="B41" t="str">
         <v>T2</v>
       </c>
       <c r="C41">
         <v>2</v>
       </c>
       <c r="D41" t="str">
-        <v>Shane Collins</v>
+        <v>Sawyer VanCampen</v>
       </c>
       <c r="E41">
         <v>-10</v>
       </c>
       <c r="F41">
         <v>44</v>
       </c>
       <c r="H41" t="str">
-        <v>splashcity</v>
+        <v>soysauceglass</v>
       </c>
       <c r="I41">
         <v>-10</v>
       </c>
       <c r="J41">
         <v>44</v>
       </c>
       <c r="K41">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L41">
         <v>2</v>
       </c>
       <c r="M41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N41">
         <v>2</v>
       </c>
       <c r="O41">
         <v>3</v>
       </c>
       <c r="P41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q41">
         <v>2</v>
       </c>
       <c r="R41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W41">
         <v>3</v>
       </c>
       <c r="X41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z41">
         <v>2</v>
       </c>
       <c r="AA41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB41">
         <v>2</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>CAS</v>
       </c>
       <c r="B42" t="str">
         <v>5</v>
       </c>
       <c r="C42">
         <v>5</v>
       </c>
       <c r="D42" t="str">
         <v xml:space="preserve">Brian Almquist </v>
       </c>
       <c r="E42">
         <v>-9</v>
       </c>
       <c r="F42">
         <v>45</v>
       </c>
       <c r="G42">