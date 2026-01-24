--- v0 (2025-12-06)
+++ v1 (2026-01-24)
@@ -4936,51 +4936,51 @@
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>CAS</v>
       </c>
       <c r="B54" t="str">
         <v>T13</v>
       </c>
       <c r="C54">
         <v>13</v>
       </c>
       <c r="D54" t="str">
         <v>LD</v>
       </c>
       <c r="E54">
         <v>-8</v>
       </c>
       <c r="F54">
         <v>46</v>
       </c>
       <c r="G54">
         <v>295932</v>
       </c>
       <c r="H54" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I54">
         <v>-8</v>
       </c>
       <c r="J54">
         <v>46</v>
       </c>
       <c r="K54">
         <v>5</v>
       </c>
       <c r="L54">
         <v>3</v>
       </c>
       <c r="M54">
         <v>3</v>
       </c>
       <c r="N54">
         <v>2</v>
       </c>
       <c r="O54">
         <v>2</v>
       </c>
       <c r="P54">
         <v>2</v>
       </c>