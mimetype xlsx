--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -4763,50 +4763,53 @@
         <v>2</v>
       </c>
       <c r="AB51">
         <v>3</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>CAS</v>
       </c>
       <c r="B52" t="str">
         <v>T11</v>
       </c>
       <c r="C52">
         <v>11</v>
       </c>
       <c r="D52" t="str">
         <v>Shane Collins</v>
       </c>
       <c r="E52">
         <v>-9</v>
       </c>
       <c r="F52">
         <v>45</v>
       </c>
+      <c r="G52">
+        <v>324373</v>
+      </c>
       <c r="H52" t="str">
         <v>splashcity</v>
       </c>
       <c r="I52">
         <v>-9</v>
       </c>
       <c r="J52">
         <v>45</v>
       </c>
       <c r="K52">
         <v>2</v>
       </c>
       <c r="L52">
         <v>2</v>
       </c>
       <c r="M52">
         <v>4</v>
       </c>
       <c r="N52">
         <v>2</v>
       </c>
       <c r="O52">
         <v>3</v>
       </c>
       <c r="P52">