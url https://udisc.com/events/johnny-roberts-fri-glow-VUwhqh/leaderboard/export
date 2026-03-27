--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -5363,200 +5363,203 @@
       </c>
       <c r="Y58">
         <v>3</v>
       </c>
       <c r="Z58">
         <v>2</v>
       </c>
       <c r="AA58">
         <v>2</v>
       </c>
       <c r="AB58">
         <v>3</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>CAS</v>
       </c>
       <c r="B59" t="str">
         <v>T2</v>
       </c>
       <c r="C59">
         <v>2</v>
       </c>
       <c r="D59" t="str">
-        <v>Jonny Flap</v>
+        <v>Shane Collins</v>
       </c>
       <c r="E59">
         <v>-13</v>
       </c>
       <c r="F59">
         <v>41</v>
       </c>
+      <c r="G59">
+        <v>324373</v>
+      </c>
       <c r="H59" t="str">
-        <v>flapavelli</v>
+        <v>splashcity</v>
       </c>
       <c r="I59">
         <v>-13</v>
       </c>
       <c r="J59">
         <v>41</v>
       </c>
       <c r="K59">
         <v>2</v>
       </c>
       <c r="L59">
         <v>2</v>
       </c>
       <c r="M59">
         <v>2</v>
       </c>
       <c r="N59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R59">
         <v>2</v>
       </c>
       <c r="S59">
         <v>2</v>
       </c>
       <c r="T59">
         <v>2</v>
       </c>
       <c r="U59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V59">
         <v>2</v>
       </c>
       <c r="W59">
         <v>2</v>
       </c>
       <c r="X59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y59">
         <v>3</v>
       </c>
       <c r="Z59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB59">
         <v>2</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
         <v>CAS</v>
       </c>
       <c r="B60" t="str">
         <v>T2</v>
       </c>
       <c r="C60">
         <v>2</v>
       </c>
       <c r="D60" t="str">
-        <v>Shane Collins</v>
+        <v>Jonny Flap</v>
       </c>
       <c r="E60">
         <v>-13</v>
       </c>
       <c r="F60">
         <v>41</v>
       </c>
       <c r="H60" t="str">
-        <v>splashcity</v>
+        <v>flapavelli</v>
       </c>
       <c r="I60">
         <v>-13</v>
       </c>
       <c r="J60">
         <v>41</v>
       </c>
       <c r="K60">
         <v>2</v>
       </c>
       <c r="L60">
         <v>2</v>
       </c>
       <c r="M60">
         <v>2</v>
       </c>
       <c r="N60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R60">
         <v>2</v>
       </c>
       <c r="S60">
         <v>2</v>
       </c>
       <c r="T60">
         <v>2</v>
       </c>
       <c r="U60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V60">
         <v>2</v>
       </c>
       <c r="W60">
         <v>2</v>
       </c>
       <c r="X60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y60">
         <v>3</v>
       </c>
       <c r="Z60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB60">
         <v>2</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>CAS</v>
       </c>
       <c r="B61" t="str">
         <v>T5</v>
       </c>
       <c r="C61">
         <v>5</v>
       </c>
       <c r="D61" t="str">
         <v>Nate Hipp</v>
       </c>
       <c r="E61">
         <v>-12</v>
       </c>
       <c r="F61">
         <v>42</v>
       </c>
       <c r="G61">