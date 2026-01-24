--- v0 (2025-11-08)
+++ v1 (2026-01-24)
@@ -4767,51 +4767,51 @@
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>CAS</v>
       </c>
       <c r="B52" t="str">
         <v>T20</v>
       </c>
       <c r="C52">
         <v>20</v>
       </c>
       <c r="D52" t="str">
         <v>LD</v>
       </c>
       <c r="E52">
         <v>-5</v>
       </c>
       <c r="F52">
         <v>49</v>
       </c>
       <c r="G52">
         <v>295932</v>
       </c>
       <c r="H52" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I52">
         <v>-5</v>
       </c>
       <c r="J52">
         <v>49</v>
       </c>
       <c r="K52">
         <v>3</v>
       </c>
       <c r="L52">
         <v>2</v>
       </c>
       <c r="M52">
         <v>3</v>
       </c>
       <c r="N52">
         <v>2</v>
       </c>
       <c r="O52">
         <v>2</v>
       </c>
       <c r="P52">
         <v>4</v>
       </c>