--- v1 (2026-01-24)
+++ v2 (2026-03-27)
@@ -1476,200 +1476,203 @@
       </c>
       <c r="Y12">
         <v>2</v>
       </c>
       <c r="Z12">
         <v>2</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MHT</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
-        <v xml:space="preserve">Duane Brown </v>
+        <v>Duke McCaslin</v>
       </c>
       <c r="E13">
         <v>-9</v>
       </c>
       <c r="F13">
         <v>45</v>
       </c>
+      <c r="G13">
+        <v>322667</v>
+      </c>
       <c r="H13" t="str">
-        <v>dewalt5</v>
+        <v>breezydiscs</v>
       </c>
       <c r="I13">
         <v>-9</v>
       </c>
       <c r="J13">
         <v>45</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M13">
         <v>2</v>
       </c>
       <c r="N13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O13">
         <v>2</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>2</v>
       </c>
       <c r="S13">
         <v>2</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
         <v>2</v>
       </c>
       <c r="X13">
         <v>2</v>
       </c>
       <c r="Y13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB13">
         <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MHT</v>
       </c>
       <c r="B14" t="str">
         <v>T11</v>
       </c>
       <c r="C14">
         <v>11</v>
       </c>
       <c r="D14" t="str">
-        <v>Duke McCaslin</v>
+        <v xml:space="preserve">Duane Brown </v>
       </c>
       <c r="E14">
         <v>-9</v>
       </c>
       <c r="F14">
         <v>45</v>
       </c>
       <c r="H14" t="str">
-        <v>breezydiscs</v>
+        <v>dewalt5</v>
       </c>
       <c r="I14">
         <v>-9</v>
       </c>
       <c r="J14">
         <v>45</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M14">
         <v>2</v>
       </c>
       <c r="N14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O14">
         <v>2</v>
       </c>
       <c r="P14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
         <v>2</v>
       </c>
       <c r="S14">
         <v>2</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>2</v>
       </c>
       <c r="X14">
         <v>2</v>
       </c>
       <c r="Y14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB14">
         <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MHT</v>
       </c>
       <c r="B15" t="str">
         <v>T14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Chandler Elledge</v>
       </c>
       <c r="E15">
         <v>-8</v>
       </c>
       <c r="F15">
         <v>46</v>
       </c>
       <c r="H15" t="str">
@@ -3833,529 +3836,532 @@
       </c>
       <c r="Y40">
         <v>3</v>
       </c>
       <c r="Z40">
         <v>2</v>
       </c>
       <c r="AA40">
         <v>3</v>
       </c>
       <c r="AB40">
         <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>CAS</v>
       </c>
       <c r="B41" t="str">
         <v>T8</v>
       </c>
       <c r="C41">
         <v>8</v>
       </c>
       <c r="D41" t="str">
-        <v>Andrew Harris</v>
+        <v>Shane Collins</v>
       </c>
       <c r="E41">
         <v>-7</v>
       </c>
       <c r="F41">
         <v>47</v>
       </c>
+      <c r="G41">
+        <v>324373</v>
+      </c>
       <c r="H41" t="str">
-        <v>aharris170</v>
+        <v>splashcity</v>
       </c>
       <c r="I41">
         <v>-7</v>
       </c>
       <c r="J41">
         <v>47</v>
       </c>
       <c r="K41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M41">
         <v>2</v>
       </c>
       <c r="N41">
         <v>2</v>
       </c>
       <c r="O41">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R41">
         <v>3</v>
       </c>
       <c r="S41">
         <v>3</v>
       </c>
       <c r="T41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W41">
         <v>3</v>
       </c>
       <c r="X41">
         <v>2</v>
       </c>
       <c r="Y41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA41">
         <v>3</v>
       </c>
       <c r="AB41">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>CAS</v>
       </c>
       <c r="B42" t="str">
         <v>T8</v>
       </c>
       <c r="C42">
         <v>8</v>
       </c>
       <c r="D42" t="str">
-        <v>Ben Morris</v>
+        <v>Andrew Harris</v>
       </c>
       <c r="E42">
         <v>-7</v>
       </c>
       <c r="F42">
         <v>47</v>
       </c>
       <c r="H42" t="str">
-        <v>papaduq</v>
+        <v>aharris170</v>
       </c>
       <c r="I42">
         <v>-7</v>
       </c>
       <c r="J42">
         <v>47</v>
       </c>
       <c r="K42">
         <v>2</v>
       </c>
       <c r="L42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N42">
         <v>2</v>
       </c>
       <c r="O42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P42">
         <v>3</v>
       </c>
       <c r="Q42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R42">
         <v>3</v>
       </c>
       <c r="S42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U42">
         <v>3</v>
       </c>
       <c r="V42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W42">
         <v>3</v>
       </c>
       <c r="X42">
         <v>2</v>
       </c>
       <c r="Y42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z42">
         <v>3</v>
       </c>
       <c r="AA42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB42">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>CAS</v>
       </c>
       <c r="B43" t="str">
         <v>T8</v>
       </c>
       <c r="C43">
         <v>8</v>
       </c>
       <c r="D43" t="str">
-        <v>Bill Howard</v>
+        <v>Ben Morris</v>
       </c>
       <c r="E43">
         <v>-7</v>
       </c>
       <c r="F43">
         <v>47</v>
       </c>
       <c r="H43" t="str">
-        <v>bill5280</v>
+        <v>papaduq</v>
       </c>
       <c r="I43">
         <v>-7</v>
       </c>
       <c r="J43">
         <v>47</v>
       </c>
       <c r="K43">
         <v>2</v>
       </c>
       <c r="L43">
         <v>3</v>
       </c>
       <c r="M43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T43">
         <v>3</v>
       </c>
       <c r="U43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V43">
         <v>3</v>
       </c>
       <c r="W43">
         <v>3</v>
       </c>
       <c r="X43">
         <v>2</v>
       </c>
       <c r="Y43">
         <v>3</v>
       </c>
       <c r="Z43">
         <v>3</v>
       </c>
       <c r="AA43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB43">
         <v>2</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>CAS</v>
       </c>
       <c r="B44" t="str">
         <v>T8</v>
       </c>
       <c r="C44">
         <v>8</v>
       </c>
       <c r="D44" t="str">
-        <v>Colin seely</v>
+        <v>Bill Howard</v>
       </c>
       <c r="E44">
         <v>-7</v>
       </c>
       <c r="F44">
         <v>47</v>
       </c>
       <c r="H44" t="str">
-        <v>colin719</v>
+        <v>bill5280</v>
       </c>
       <c r="I44">
         <v>-7</v>
       </c>
       <c r="J44">
         <v>47</v>
       </c>
       <c r="K44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M44">
         <v>2</v>
       </c>
       <c r="N44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O44">
         <v>3</v>
       </c>
       <c r="P44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q44">
         <v>3</v>
       </c>
       <c r="R44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T44">
         <v>3</v>
       </c>
       <c r="U44">
         <v>2</v>
       </c>
       <c r="V44">
         <v>3</v>
       </c>
       <c r="W44">
         <v>3</v>
       </c>
       <c r="X44">
         <v>2</v>
       </c>
       <c r="Y44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z44">
         <v>3</v>
       </c>
       <c r="AA44">
         <v>3</v>
       </c>
       <c r="AB44">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>CAS</v>
       </c>
       <c r="B45" t="str">
         <v>T8</v>
       </c>
       <c r="C45">
         <v>8</v>
       </c>
       <c r="D45" t="str">
-        <v>Richard Bookal</v>
+        <v>Colin seely</v>
       </c>
       <c r="E45">
         <v>-7</v>
       </c>
       <c r="F45">
         <v>47</v>
       </c>
       <c r="H45" t="str">
-        <v>richbookal</v>
+        <v>colin719</v>
       </c>
       <c r="I45">
         <v>-7</v>
       </c>
       <c r="J45">
         <v>47</v>
       </c>
       <c r="K45">
         <v>3</v>
       </c>
       <c r="L45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N45">
         <v>2</v>
       </c>
       <c r="O45">
         <v>3</v>
       </c>
       <c r="P45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q45">
         <v>3</v>
       </c>
       <c r="R45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T45">
         <v>3</v>
       </c>
       <c r="U45">
         <v>2</v>
       </c>
       <c r="V45">
         <v>3</v>
       </c>
       <c r="W45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X45">
         <v>2</v>
       </c>
       <c r="Y45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z45">
         <v>3</v>
       </c>
       <c r="AA45">
         <v>3</v>
       </c>
       <c r="AB45">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>CAS</v>
       </c>
       <c r="B46" t="str">
         <v>T8</v>
       </c>
       <c r="C46">
         <v>8</v>
       </c>
       <c r="D46" t="str">
-        <v>Shane Collins</v>
+        <v>Richard Bookal</v>
       </c>
       <c r="E46">
         <v>-7</v>
       </c>
       <c r="F46">
         <v>47</v>
       </c>
       <c r="H46" t="str">
-        <v>splashcity</v>
+        <v>richbookal</v>
       </c>
       <c r="I46">
         <v>-7</v>
       </c>
       <c r="J46">
         <v>47</v>
       </c>
       <c r="K46">
         <v>3</v>
       </c>
       <c r="L46">
         <v>3</v>
       </c>
       <c r="M46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N46">
         <v>2</v>
       </c>
       <c r="O46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P46">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S46">
         <v>3</v>
       </c>
       <c r="T46">
         <v>3</v>
       </c>
       <c r="U46">
         <v>2</v>
       </c>
       <c r="V46">
         <v>3</v>
       </c>
       <c r="W46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X46">
         <v>2</v>
       </c>
       <c r="Y46">
         <v>3</v>
       </c>
       <c r="Z46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA46">
         <v>3</v>
       </c>
       <c r="AB46">
         <v>2</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>CAS</v>
       </c>
       <c r="B47" t="str">
         <v>T17</v>
       </c>
       <c r="C47">
         <v>17</v>
       </c>
       <c r="D47" t="str">
         <v>Trevor Krug</v>
       </c>
       <c r="E47">
         <v>-6</v>
       </c>
       <c r="F47">