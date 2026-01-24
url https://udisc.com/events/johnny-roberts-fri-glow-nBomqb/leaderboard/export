--- v0 (2025-11-09)
+++ v1 (2026-01-24)
@@ -2253,51 +2253,51 @@
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MHT</v>
       </c>
       <c r="B22" t="str">
         <v>21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
         <v>LD</v>
       </c>
       <c r="E22">
         <v>-1</v>
       </c>
       <c r="F22">
         <v>53</v>
       </c>
       <c r="G22">
         <v>295932</v>
       </c>
       <c r="H22" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I22">
         <v>-1</v>
       </c>
       <c r="J22">
         <v>53</v>
       </c>
       <c r="K22">
         <v>2</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>4</v>
       </c>
       <c r="N22">
         <v>2</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>