--- v0 (2025-10-21)
+++ v1 (2025-12-03)
@@ -883,51 +883,51 @@
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Justin Stanton &amp; Brad Allen</v>
       </c>
       <c r="E6">
         <v>-10</v>
       </c>
       <c r="F6">
         <v>46</v>
       </c>
       <c r="H6" t="str">
-        <v>justin74,bradallen47231</v>
+        <v>acepot500,bradallen47231</v>
       </c>
       <c r="I6">
         <v>-10</v>
       </c>
       <c r="J6">
         <v>46</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>