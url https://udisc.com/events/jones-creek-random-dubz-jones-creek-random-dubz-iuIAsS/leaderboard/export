--- v0 (2025-10-07)
+++ v1 (2025-12-03)
@@ -910,51 +910,51 @@
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>DNF</v>
       </c>
       <c r="D9" t="str">
         <v>Justin Stanton &amp; Jerome Gernand</v>
       </c>
       <c r="E9">
         <v>-2</v>
       </c>
       <c r="F9">
         <v>30</v>
       </c>
       <c r="H9" t="str">
-        <v>justin74,jgernandjr</v>
+        <v>acepot500,jgernandjr</v>
       </c>
       <c r="I9">
         <v>-2</v>
       </c>
       <c r="J9">
         <v>30</v>
       </c>
       <c r="S9">
         <v>2</v>
       </c>
       <c r="T9">
         <v>4</v>
       </c>
       <c r="U9">
         <v>4</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>